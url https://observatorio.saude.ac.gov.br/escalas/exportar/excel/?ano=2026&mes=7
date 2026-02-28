--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -28,88 +28,100 @@
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <sz val="14"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="00023E88"/>
         <bgColor rgb="00023E88"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="00DBEAFE"/>
+        <bgColor rgb="00DBEAFE"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -436,51 +448,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AK3"/>
+  <dimension ref="A1:AK39"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
     <col width="20" customWidth="1" min="3" max="3"/>
     <col width="25" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="5" customWidth="1" min="7" max="7"/>
     <col width="5" customWidth="1" min="8" max="8"/>
     <col width="5" customWidth="1" min="9" max="9"/>
     <col width="5" customWidth="1" min="10" max="10"/>
     <col width="5" customWidth="1" min="11" max="11"/>
     <col width="5" customWidth="1" min="12" max="12"/>
     <col width="5" customWidth="1" min="13" max="13"/>
     <col width="5" customWidth="1" min="14" max="14"/>
     <col width="5" customWidth="1" min="15" max="15"/>
     <col width="5" customWidth="1" min="16" max="16"/>
     <col width="5" customWidth="1" min="17" max="17"/>
     <col width="5" customWidth="1" min="18" max="18"/>
@@ -677,47 +689,4167 @@
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="AH3" s="2" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="AI3" s="2" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="AJ3" s="2" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="AK3" s="2" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Maria H.</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Ambulatório Psiquiátrico</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>HOSMAC</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F4" t="n">
+        <v>138</v>
+      </c>
+      <c r="G4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="I4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="J4" s="4" t="inlineStr"/>
+      <c r="K4" s="4" t="inlineStr"/>
+      <c r="L4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="P4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Q4" s="4" t="inlineStr"/>
+      <c r="R4" s="4" t="inlineStr"/>
+      <c r="S4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="W4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="X4" s="4" t="inlineStr"/>
+      <c r="Y4" s="4" t="inlineStr"/>
+      <c r="Z4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AD4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AE4" s="4" t="inlineStr"/>
+      <c r="AF4" s="4" t="inlineStr"/>
+      <c r="AG4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AK4" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Larissa S.</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Cardio - Pediatra</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F5" t="n">
+        <v>16</v>
+      </c>
+      <c r="G5" s="4" t="inlineStr"/>
+      <c r="H5" s="4" t="inlineStr"/>
+      <c r="I5" s="4" t="inlineStr"/>
+      <c r="J5" s="4" t="inlineStr"/>
+      <c r="K5" s="4" t="inlineStr"/>
+      <c r="L5" s="4" t="inlineStr"/>
+      <c r="M5" s="4" t="inlineStr"/>
+      <c r="N5" s="4" t="inlineStr"/>
+      <c r="O5" s="4" t="inlineStr"/>
+      <c r="P5" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Q5" s="4" t="inlineStr"/>
+      <c r="R5" s="4" t="inlineStr"/>
+      <c r="S5" s="4" t="inlineStr"/>
+      <c r="T5" s="4" t="inlineStr"/>
+      <c r="U5" s="4" t="inlineStr"/>
+      <c r="V5" s="4" t="inlineStr"/>
+      <c r="W5" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="X5" s="4" t="inlineStr"/>
+      <c r="Y5" s="4" t="inlineStr"/>
+      <c r="Z5" s="4" t="inlineStr"/>
+      <c r="AA5" s="4" t="inlineStr"/>
+      <c r="AB5" s="4" t="inlineStr"/>
+      <c r="AC5" s="4" t="inlineStr"/>
+      <c r="AD5" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AE5" s="4" t="inlineStr"/>
+      <c r="AF5" s="4" t="inlineStr"/>
+      <c r="AG5" s="4" t="inlineStr"/>
+      <c r="AH5" s="4" t="inlineStr"/>
+      <c r="AI5" s="4" t="inlineStr"/>
+      <c r="AJ5" s="4" t="inlineStr"/>
+      <c r="AK5" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Sinnara L.</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Endoscopia Pediatrica</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F6" t="n">
+        <v>24</v>
+      </c>
+      <c r="G6" s="4" t="inlineStr"/>
+      <c r="H6" s="4" t="inlineStr"/>
+      <c r="I6" s="4" t="inlineStr"/>
+      <c r="J6" s="4" t="inlineStr"/>
+      <c r="K6" s="4" t="inlineStr"/>
+      <c r="L6" s="4" t="inlineStr"/>
+      <c r="M6" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N6" s="4" t="inlineStr"/>
+      <c r="O6" s="4" t="inlineStr"/>
+      <c r="P6" s="4" t="inlineStr"/>
+      <c r="Q6" s="4" t="inlineStr"/>
+      <c r="R6" s="4" t="inlineStr"/>
+      <c r="S6" s="4" t="inlineStr"/>
+      <c r="T6" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U6" s="4" t="inlineStr"/>
+      <c r="V6" s="4" t="inlineStr"/>
+      <c r="W6" s="4" t="inlineStr"/>
+      <c r="X6" s="4" t="inlineStr"/>
+      <c r="Y6" s="4" t="inlineStr"/>
+      <c r="Z6" s="4" t="inlineStr"/>
+      <c r="AA6" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB6" s="4" t="inlineStr"/>
+      <c r="AC6" s="4" t="inlineStr"/>
+      <c r="AD6" s="4" t="inlineStr"/>
+      <c r="AE6" s="4" t="inlineStr"/>
+      <c r="AF6" s="4" t="inlineStr"/>
+      <c r="AG6" s="4" t="inlineStr"/>
+      <c r="AH6" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI6" s="4" t="inlineStr"/>
+      <c r="AJ6" s="4" t="inlineStr"/>
+      <c r="AK6" s="4" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Rodrigo M.</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>USG Doppler</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>20</v>
+      </c>
+      <c r="G7" s="4" t="inlineStr"/>
+      <c r="H7" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I7" s="4" t="inlineStr"/>
+      <c r="J7" s="4" t="inlineStr"/>
+      <c r="K7" s="4" t="inlineStr"/>
+      <c r="L7" s="4" t="inlineStr"/>
+      <c r="M7" s="4" t="inlineStr"/>
+      <c r="N7" s="4" t="inlineStr"/>
+      <c r="O7" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P7" s="4" t="inlineStr"/>
+      <c r="Q7" s="4" t="inlineStr"/>
+      <c r="R7" s="4" t="inlineStr"/>
+      <c r="S7" s="4" t="inlineStr"/>
+      <c r="T7" s="4" t="inlineStr"/>
+      <c r="U7" s="4" t="inlineStr"/>
+      <c r="V7" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W7" s="4" t="inlineStr"/>
+      <c r="X7" s="4" t="inlineStr"/>
+      <c r="Y7" s="4" t="inlineStr"/>
+      <c r="Z7" s="4" t="inlineStr"/>
+      <c r="AA7" s="4" t="inlineStr"/>
+      <c r="AB7" s="4" t="inlineStr"/>
+      <c r="AC7" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD7" s="4" t="inlineStr"/>
+      <c r="AE7" s="4" t="inlineStr"/>
+      <c r="AF7" s="4" t="inlineStr"/>
+      <c r="AG7" s="4" t="inlineStr"/>
+      <c r="AH7" s="4" t="inlineStr"/>
+      <c r="AI7" s="4" t="inlineStr"/>
+      <c r="AJ7" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK7" s="4" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Chrystiane M.</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>162</v>
+      </c>
+      <c r="G8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I8" s="4" t="inlineStr"/>
+      <c r="J8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K8" s="4" t="inlineStr"/>
+      <c r="L8" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N8" s="4" t="inlineStr"/>
+      <c r="O8" s="4" t="inlineStr"/>
+      <c r="P8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q8" s="4" t="inlineStr"/>
+      <c r="R8" s="4" t="inlineStr"/>
+      <c r="S8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U8" s="4" t="inlineStr"/>
+      <c r="V8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W8" s="4" t="inlineStr"/>
+      <c r="X8" s="4" t="inlineStr"/>
+      <c r="Y8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z8" s="4" t="inlineStr"/>
+      <c r="AA8" s="4" t="inlineStr"/>
+      <c r="AB8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC8" s="4" t="inlineStr"/>
+      <c r="AD8" s="4" t="inlineStr"/>
+      <c r="AE8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF8" s="4" t="inlineStr"/>
+      <c r="AG8" s="4" t="inlineStr"/>
+      <c r="AH8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI8" s="4" t="inlineStr"/>
+      <c r="AJ8" s="4" t="inlineStr"/>
+      <c r="AK8" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Diemes L.</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>96</v>
+      </c>
+      <c r="G9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H9" s="4" t="inlineStr"/>
+      <c r="I9" s="4" t="inlineStr"/>
+      <c r="J9" s="4" t="inlineStr"/>
+      <c r="K9" s="4" t="inlineStr"/>
+      <c r="L9" s="4" t="inlineStr"/>
+      <c r="M9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N9" s="4" t="inlineStr"/>
+      <c r="O9" s="4" t="inlineStr"/>
+      <c r="P9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q9" s="4" t="inlineStr"/>
+      <c r="R9" s="4" t="inlineStr"/>
+      <c r="S9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T9" s="4" t="inlineStr"/>
+      <c r="U9" s="4" t="inlineStr"/>
+      <c r="V9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W9" s="4" t="inlineStr"/>
+      <c r="X9" s="4" t="inlineStr"/>
+      <c r="Y9" s="4" t="inlineStr"/>
+      <c r="Z9" s="4" t="inlineStr"/>
+      <c r="AA9" s="4" t="inlineStr"/>
+      <c r="AB9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC9" s="4" t="inlineStr"/>
+      <c r="AD9" s="4" t="inlineStr"/>
+      <c r="AE9" s="4" t="inlineStr"/>
+      <c r="AF9" s="4" t="inlineStr"/>
+      <c r="AG9" s="4" t="inlineStr"/>
+      <c r="AH9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI9" s="4" t="inlineStr"/>
+      <c r="AJ9" s="4" t="inlineStr"/>
+      <c r="AK9" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Lauriana G.</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Nutricionista</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Cuidados Paliativos</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>48</v>
+      </c>
+      <c r="G10" s="4" t="inlineStr"/>
+      <c r="H10" s="4" t="inlineStr"/>
+      <c r="I10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="J10" s="4" t="inlineStr"/>
+      <c r="K10" s="4" t="inlineStr"/>
+      <c r="L10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M10" s="4" t="inlineStr"/>
+      <c r="N10" s="4" t="inlineStr"/>
+      <c r="O10" s="4" t="inlineStr"/>
+      <c r="P10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Q10" s="4" t="inlineStr"/>
+      <c r="R10" s="4" t="inlineStr"/>
+      <c r="S10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T10" s="4" t="inlineStr"/>
+      <c r="U10" s="4" t="inlineStr"/>
+      <c r="V10" s="4" t="inlineStr"/>
+      <c r="W10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="X10" s="4" t="inlineStr"/>
+      <c r="Y10" s="4" t="inlineStr"/>
+      <c r="Z10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA10" s="4" t="inlineStr"/>
+      <c r="AB10" s="4" t="inlineStr"/>
+      <c r="AC10" s="4" t="inlineStr"/>
+      <c r="AD10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AE10" s="4" t="inlineStr"/>
+      <c r="AF10" s="4" t="inlineStr"/>
+      <c r="AG10" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH10" s="4" t="inlineStr"/>
+      <c r="AI10" s="4" t="inlineStr"/>
+      <c r="AJ10" s="4" t="inlineStr"/>
+      <c r="AK10" s="4" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Lauriana G.</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Nutricionista</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>124</v>
+      </c>
+      <c r="G11" s="4" t="inlineStr"/>
+      <c r="H11" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="I11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="J11" s="4" t="inlineStr"/>
+      <c r="K11" s="4" t="inlineStr"/>
+      <c r="L11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M11" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="N11" s="4" t="inlineStr"/>
+      <c r="O11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="P11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q11" s="4" t="inlineStr"/>
+      <c r="R11" s="4" t="inlineStr"/>
+      <c r="S11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T11" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="U11" s="4" t="inlineStr"/>
+      <c r="V11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="W11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X11" s="4" t="inlineStr"/>
+      <c r="Y11" s="4" t="inlineStr"/>
+      <c r="Z11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB11" s="4" t="inlineStr"/>
+      <c r="AC11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AD11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE11" s="4" t="inlineStr"/>
+      <c r="AF11" s="4" t="inlineStr"/>
+      <c r="AG11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI11" s="4" t="inlineStr"/>
+      <c r="AJ11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AK11" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Lauriana G.</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Nutricionista</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>60</v>
+      </c>
+      <c r="G12" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H12" s="4" t="inlineStr"/>
+      <c r="I12" s="4" t="inlineStr"/>
+      <c r="J12" s="4" t="inlineStr"/>
+      <c r="K12" s="4" t="inlineStr"/>
+      <c r="L12" s="4" t="inlineStr"/>
+      <c r="M12" s="4" t="inlineStr"/>
+      <c r="N12" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O12" s="4" t="inlineStr"/>
+      <c r="P12" s="4" t="inlineStr"/>
+      <c r="Q12" s="4" t="inlineStr"/>
+      <c r="R12" s="4" t="inlineStr"/>
+      <c r="S12" s="4" t="inlineStr"/>
+      <c r="T12" s="4" t="inlineStr"/>
+      <c r="U12" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V12" s="4" t="inlineStr"/>
+      <c r="W12" s="4" t="inlineStr"/>
+      <c r="X12" s="4" t="inlineStr"/>
+      <c r="Y12" s="4" t="inlineStr"/>
+      <c r="Z12" s="4" t="inlineStr"/>
+      <c r="AA12" s="4" t="inlineStr"/>
+      <c r="AB12" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC12" s="4" t="inlineStr"/>
+      <c r="AD12" s="4" t="inlineStr"/>
+      <c r="AE12" s="4" t="inlineStr"/>
+      <c r="AF12" s="4" t="inlineStr"/>
+      <c r="AG12" s="4" t="inlineStr"/>
+      <c r="AH12" s="4" t="inlineStr"/>
+      <c r="AI12" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ12" s="4" t="inlineStr"/>
+      <c r="AK12" s="4" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Rita P.</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Radiologia</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F13" t="n">
+        <v>90</v>
+      </c>
+      <c r="G13" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="I13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="J13" s="4" t="inlineStr"/>
+      <c r="K13" s="4" t="inlineStr"/>
+      <c r="L13" s="4" t="inlineStr"/>
+      <c r="M13" s="4" t="inlineStr"/>
+      <c r="N13" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="P13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Q13" s="4" t="inlineStr"/>
+      <c r="R13" s="4" t="inlineStr"/>
+      <c r="S13" s="4" t="inlineStr"/>
+      <c r="T13" s="4" t="inlineStr"/>
+      <c r="U13" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="W13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="X13" s="4" t="inlineStr"/>
+      <c r="Y13" s="4" t="inlineStr"/>
+      <c r="Z13" s="4" t="inlineStr"/>
+      <c r="AA13" s="4" t="inlineStr"/>
+      <c r="AB13" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AD13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AE13" s="4" t="inlineStr"/>
+      <c r="AF13" s="4" t="inlineStr"/>
+      <c r="AG13" s="4" t="inlineStr"/>
+      <c r="AH13" s="4" t="inlineStr"/>
+      <c r="AI13" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AK13" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Camilo O.</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>HOSPITAL EPAMINONDAS JACOME</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F14" t="n">
+        <v>24</v>
+      </c>
+      <c r="G14" s="4" t="inlineStr"/>
+      <c r="H14" s="4" t="inlineStr"/>
+      <c r="I14" s="4" t="inlineStr"/>
+      <c r="J14" s="4" t="inlineStr"/>
+      <c r="K14" s="4" t="inlineStr"/>
+      <c r="L14" s="4" t="inlineStr"/>
+      <c r="M14" s="4" t="inlineStr"/>
+      <c r="N14" s="4" t="inlineStr"/>
+      <c r="O14" s="4" t="inlineStr"/>
+      <c r="P14" s="4" t="inlineStr"/>
+      <c r="Q14" s="3" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="R14" s="4" t="inlineStr"/>
+      <c r="S14" s="4" t="inlineStr"/>
+      <c r="T14" s="4" t="inlineStr"/>
+      <c r="U14" s="4" t="inlineStr"/>
+      <c r="V14" s="4" t="inlineStr"/>
+      <c r="W14" s="4" t="inlineStr"/>
+      <c r="X14" s="4" t="inlineStr"/>
+      <c r="Y14" s="4" t="inlineStr"/>
+      <c r="Z14" s="4" t="inlineStr"/>
+      <c r="AA14" s="4" t="inlineStr"/>
+      <c r="AB14" s="4" t="inlineStr"/>
+      <c r="AC14" s="4" t="inlineStr"/>
+      <c r="AD14" s="4" t="inlineStr"/>
+      <c r="AE14" s="4" t="inlineStr"/>
+      <c r="AF14" s="4" t="inlineStr"/>
+      <c r="AG14" s="4" t="inlineStr"/>
+      <c r="AH14" s="4" t="inlineStr"/>
+      <c r="AI14" s="4" t="inlineStr"/>
+      <c r="AJ14" s="4" t="inlineStr"/>
+      <c r="AK14" s="4" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Maria M.</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Secretario interno</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>UTI Adulto  II.</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>132</v>
+      </c>
+      <c r="G15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H15" s="4" t="inlineStr"/>
+      <c r="I15" s="4" t="inlineStr"/>
+      <c r="J15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K15" s="4" t="inlineStr"/>
+      <c r="L15" s="4" t="inlineStr"/>
+      <c r="M15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N15" s="4" t="inlineStr"/>
+      <c r="O15" s="4" t="inlineStr"/>
+      <c r="P15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q15" s="4" t="inlineStr"/>
+      <c r="R15" s="4" t="inlineStr"/>
+      <c r="S15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T15" s="4" t="inlineStr"/>
+      <c r="U15" s="4" t="inlineStr"/>
+      <c r="V15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W15" s="4" t="inlineStr"/>
+      <c r="X15" s="4" t="inlineStr"/>
+      <c r="Y15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z15" s="4" t="inlineStr"/>
+      <c r="AA15" s="4" t="inlineStr"/>
+      <c r="AB15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC15" s="4" t="inlineStr"/>
+      <c r="AD15" s="4" t="inlineStr"/>
+      <c r="AE15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF15" s="4" t="inlineStr"/>
+      <c r="AG15" s="4" t="inlineStr"/>
+      <c r="AH15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI15" s="4" t="inlineStr"/>
+      <c r="AJ15" s="4" t="inlineStr"/>
+      <c r="AK15" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Melissa R.</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Médico Cardiologista Pediatrica</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>Ecocardiograma Pediátrico e Fetal</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>24</v>
+      </c>
+      <c r="G16" s="4" t="inlineStr"/>
+      <c r="H16" s="4" t="inlineStr"/>
+      <c r="I16" s="4" t="inlineStr"/>
+      <c r="J16" s="4" t="inlineStr"/>
+      <c r="K16" s="4" t="inlineStr"/>
+      <c r="L16" s="4" t="inlineStr"/>
+      <c r="M16" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N16" s="4" t="inlineStr"/>
+      <c r="O16" s="4" t="inlineStr"/>
+      <c r="P16" s="4" t="inlineStr"/>
+      <c r="Q16" s="4" t="inlineStr"/>
+      <c r="R16" s="4" t="inlineStr"/>
+      <c r="S16" s="4" t="inlineStr"/>
+      <c r="T16" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U16" s="4" t="inlineStr"/>
+      <c r="V16" s="4" t="inlineStr"/>
+      <c r="W16" s="4" t="inlineStr"/>
+      <c r="X16" s="4" t="inlineStr"/>
+      <c r="Y16" s="4" t="inlineStr"/>
+      <c r="Z16" s="4" t="inlineStr"/>
+      <c r="AA16" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB16" s="4" t="inlineStr"/>
+      <c r="AC16" s="4" t="inlineStr"/>
+      <c r="AD16" s="4" t="inlineStr"/>
+      <c r="AE16" s="4" t="inlineStr"/>
+      <c r="AF16" s="4" t="inlineStr"/>
+      <c r="AG16" s="4" t="inlineStr"/>
+      <c r="AH16" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI16" s="4" t="inlineStr"/>
+      <c r="AJ16" s="4" t="inlineStr"/>
+      <c r="AK16" s="4" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Sara P.</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Médico Neonatologista</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>UCI Neonatal</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>168</v>
+      </c>
+      <c r="G17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H17" s="4" t="inlineStr"/>
+      <c r="I17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J17" s="4" t="inlineStr"/>
+      <c r="K17" s="4" t="inlineStr"/>
+      <c r="L17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M17" s="4" t="inlineStr"/>
+      <c r="N17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O17" s="4" t="inlineStr"/>
+      <c r="P17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q17" s="4" t="inlineStr"/>
+      <c r="R17" s="4" t="inlineStr"/>
+      <c r="S17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T17" s="4" t="inlineStr"/>
+      <c r="U17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V17" s="4" t="inlineStr"/>
+      <c r="W17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X17" s="4" t="inlineStr"/>
+      <c r="Y17" s="4" t="inlineStr"/>
+      <c r="Z17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA17" s="4" t="inlineStr"/>
+      <c r="AB17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC17" s="4" t="inlineStr"/>
+      <c r="AD17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE17" s="4" t="inlineStr"/>
+      <c r="AF17" s="4" t="inlineStr"/>
+      <c r="AG17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH17" s="4" t="inlineStr"/>
+      <c r="AI17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ17" s="4" t="inlineStr"/>
+      <c r="AK17" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Valeska L.</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>138</v>
+      </c>
+      <c r="G18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="I18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="J18" s="4" t="inlineStr"/>
+      <c r="K18" s="4" t="inlineStr"/>
+      <c r="L18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="P18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Q18" s="4" t="inlineStr"/>
+      <c r="R18" s="4" t="inlineStr"/>
+      <c r="S18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="W18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="X18" s="4" t="inlineStr"/>
+      <c r="Y18" s="4" t="inlineStr"/>
+      <c r="Z18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AD18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AE18" s="4" t="inlineStr"/>
+      <c r="AF18" s="4" t="inlineStr"/>
+      <c r="AG18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AK18" s="3" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Maria G.</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Central Estadual de Abastecimento e Distribuição de Imunobio</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>184</v>
+      </c>
+      <c r="G19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="I19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="J19" s="4" t="inlineStr"/>
+      <c r="K19" s="4" t="inlineStr"/>
+      <c r="L19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="P19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Q19" s="4" t="inlineStr"/>
+      <c r="R19" s="4" t="inlineStr"/>
+      <c r="S19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="W19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="X19" s="4" t="inlineStr"/>
+      <c r="Y19" s="4" t="inlineStr"/>
+      <c r="Z19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AD19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AE19" s="4" t="inlineStr"/>
+      <c r="AF19" s="4" t="inlineStr"/>
+      <c r="AG19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AK19" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Vitoria L.</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Central Estadual de Abastecimento e Distribuição de Imunobio</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>184</v>
+      </c>
+      <c r="G20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="I20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="J20" s="4" t="inlineStr"/>
+      <c r="K20" s="4" t="inlineStr"/>
+      <c r="L20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="P20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Q20" s="4" t="inlineStr"/>
+      <c r="R20" s="4" t="inlineStr"/>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="W20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="X20" s="4" t="inlineStr"/>
+      <c r="Y20" s="4" t="inlineStr"/>
+      <c r="Z20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AD20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AE20" s="4" t="inlineStr"/>
+      <c r="AF20" s="4" t="inlineStr"/>
+      <c r="AG20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AK20" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Rafael M.</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Coordenador</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Central Estadual de Abastecimento e Distribuição de Imunobio</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>184</v>
+      </c>
+      <c r="G21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="I21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="J21" s="4" t="inlineStr"/>
+      <c r="K21" s="4" t="inlineStr"/>
+      <c r="L21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="P21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Q21" s="4" t="inlineStr"/>
+      <c r="R21" s="4" t="inlineStr"/>
+      <c r="S21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="W21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="X21" s="4" t="inlineStr"/>
+      <c r="Y21" s="4" t="inlineStr"/>
+      <c r="Z21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AD21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AE21" s="4" t="inlineStr"/>
+      <c r="AF21" s="4" t="inlineStr"/>
+      <c r="AG21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AK21" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Katy P.</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>CRIE - SEDE</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>48</v>
+      </c>
+      <c r="G22" s="4" t="inlineStr"/>
+      <c r="H22" s="4" t="inlineStr"/>
+      <c r="I22" s="4" t="inlineStr"/>
+      <c r="J22" s="4" t="inlineStr"/>
+      <c r="K22" s="4" t="inlineStr"/>
+      <c r="L22" s="4" t="inlineStr"/>
+      <c r="M22" s="4" t="inlineStr"/>
+      <c r="N22" s="4" t="inlineStr"/>
+      <c r="O22" s="4" t="inlineStr"/>
+      <c r="P22" s="4" t="inlineStr"/>
+      <c r="Q22" s="4" t="inlineStr"/>
+      <c r="R22" s="4" t="inlineStr"/>
+      <c r="S22" s="4" t="inlineStr"/>
+      <c r="T22" s="4" t="inlineStr"/>
+      <c r="U22" s="4" t="inlineStr"/>
+      <c r="V22" s="4" t="inlineStr"/>
+      <c r="W22" s="4" t="inlineStr"/>
+      <c r="X22" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y22" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z22" s="4" t="inlineStr"/>
+      <c r="AA22" s="4" t="inlineStr"/>
+      <c r="AB22" s="4" t="inlineStr"/>
+      <c r="AC22" s="4" t="inlineStr"/>
+      <c r="AD22" s="4" t="inlineStr"/>
+      <c r="AE22" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF22" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG22" s="4" t="inlineStr"/>
+      <c r="AH22" s="4" t="inlineStr"/>
+      <c r="AI22" s="4" t="inlineStr"/>
+      <c r="AJ22" s="4" t="inlineStr"/>
+      <c r="AK22" s="4" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Maria F.</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>CRIE - SEDE</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F23" t="n">
+        <v>48</v>
+      </c>
+      <c r="G23" s="4" t="inlineStr"/>
+      <c r="H23" s="4" t="inlineStr"/>
+      <c r="I23" s="4" t="inlineStr"/>
+      <c r="J23" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K23" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L23" s="4" t="inlineStr"/>
+      <c r="M23" s="4" t="inlineStr"/>
+      <c r="N23" s="4" t="inlineStr"/>
+      <c r="O23" s="4" t="inlineStr"/>
+      <c r="P23" s="4" t="inlineStr"/>
+      <c r="Q23" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R23" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr"/>
+      <c r="T23" s="4" t="inlineStr"/>
+      <c r="U23" s="4" t="inlineStr"/>
+      <c r="V23" s="4" t="inlineStr"/>
+      <c r="W23" s="4" t="inlineStr"/>
+      <c r="X23" s="4" t="inlineStr"/>
+      <c r="Y23" s="4" t="inlineStr"/>
+      <c r="Z23" s="4" t="inlineStr"/>
+      <c r="AA23" s="4" t="inlineStr"/>
+      <c r="AB23" s="4" t="inlineStr"/>
+      <c r="AC23" s="4" t="inlineStr"/>
+      <c r="AD23" s="4" t="inlineStr"/>
+      <c r="AE23" s="4" t="inlineStr"/>
+      <c r="AF23" s="4" t="inlineStr"/>
+      <c r="AG23" s="4" t="inlineStr"/>
+      <c r="AH23" s="4" t="inlineStr"/>
+      <c r="AI23" s="4" t="inlineStr"/>
+      <c r="AJ23" s="4" t="inlineStr"/>
+      <c r="AK23" s="4" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Debora T.</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F24" t="n">
+        <v>138</v>
+      </c>
+      <c r="G24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="I24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="J24" s="4" t="inlineStr"/>
+      <c r="K24" s="4" t="inlineStr"/>
+      <c r="L24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="P24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q24" s="4" t="inlineStr"/>
+      <c r="R24" s="4" t="inlineStr"/>
+      <c r="S24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="W24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X24" s="4" t="inlineStr"/>
+      <c r="Y24" s="4" t="inlineStr"/>
+      <c r="Z24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AD24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE24" s="4" t="inlineStr"/>
+      <c r="AF24" s="4" t="inlineStr"/>
+      <c r="AG24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AK24" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Monica A.</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F25" t="n">
+        <v>230</v>
+      </c>
+      <c r="G25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="H25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="I25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="J25" s="4" t="inlineStr"/>
+      <c r="K25" s="4" t="inlineStr"/>
+      <c r="L25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="M25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="N25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="O25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="P25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="Q25" s="4" t="inlineStr"/>
+      <c r="R25" s="4" t="inlineStr"/>
+      <c r="S25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="T25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="U25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="V25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="W25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="X25" s="4" t="inlineStr"/>
+      <c r="Y25" s="4" t="inlineStr"/>
+      <c r="Z25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AA25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AB25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AC25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AD25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AE25" s="4" t="inlineStr"/>
+      <c r="AF25" s="4" t="inlineStr"/>
+      <c r="AG25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AH25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AI25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AJ25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AK25" s="4" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>Roberta C.</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F26" t="n">
+        <v>184</v>
+      </c>
+      <c r="G26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="I26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="J26" s="4" t="inlineStr"/>
+      <c r="K26" s="4" t="inlineStr"/>
+      <c r="L26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="P26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Q26" s="4" t="inlineStr"/>
+      <c r="R26" s="4" t="inlineStr"/>
+      <c r="S26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="W26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="X26" s="4" t="inlineStr"/>
+      <c r="Y26" s="4" t="inlineStr"/>
+      <c r="Z26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AD26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AE26" s="4" t="inlineStr"/>
+      <c r="AF26" s="4" t="inlineStr"/>
+      <c r="AG26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AK26" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>Francisca C.</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Enfermeiro - Equipe Técnico Científica</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F27" t="n">
+        <v>184</v>
+      </c>
+      <c r="G27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="I27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="J27" s="4" t="inlineStr"/>
+      <c r="K27" s="4" t="inlineStr"/>
+      <c r="L27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="P27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Q27" s="4" t="inlineStr"/>
+      <c r="R27" s="4" t="inlineStr"/>
+      <c r="S27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="W27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="X27" s="4" t="inlineStr"/>
+      <c r="Y27" s="4" t="inlineStr"/>
+      <c r="Z27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AD27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AE27" s="4" t="inlineStr"/>
+      <c r="AF27" s="4" t="inlineStr"/>
+      <c r="AG27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AK27" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Margareth F.</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Enfermeiro - Equipe Técnico Científica</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F28" t="n">
+        <v>184</v>
+      </c>
+      <c r="G28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="I28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="J28" s="4" t="inlineStr"/>
+      <c r="K28" s="4" t="inlineStr"/>
+      <c r="L28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="P28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Q28" s="4" t="inlineStr"/>
+      <c r="R28" s="4" t="inlineStr"/>
+      <c r="S28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="W28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="X28" s="4" t="inlineStr"/>
+      <c r="Y28" s="4" t="inlineStr"/>
+      <c r="Z28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AD28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AE28" s="4" t="inlineStr"/>
+      <c r="AF28" s="4" t="inlineStr"/>
+      <c r="AG28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AK28" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>Francisca S.</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Vacinação Assistida</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>36</v>
+      </c>
+      <c r="G29" s="4" t="inlineStr"/>
+      <c r="H29" s="4" t="inlineStr"/>
+      <c r="I29" s="4" t="inlineStr"/>
+      <c r="J29" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K29" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L29" s="4" t="inlineStr"/>
+      <c r="M29" s="4" t="inlineStr"/>
+      <c r="N29" s="4" t="inlineStr"/>
+      <c r="O29" s="4" t="inlineStr"/>
+      <c r="P29" s="4" t="inlineStr"/>
+      <c r="Q29" s="4" t="inlineStr"/>
+      <c r="R29" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S29" s="4" t="inlineStr"/>
+      <c r="T29" s="4" t="inlineStr"/>
+      <c r="U29" s="4" t="inlineStr"/>
+      <c r="V29" s="4" t="inlineStr"/>
+      <c r="W29" s="4" t="inlineStr"/>
+      <c r="X29" s="4" t="inlineStr"/>
+      <c r="Y29" s="4" t="inlineStr"/>
+      <c r="Z29" s="4" t="inlineStr"/>
+      <c r="AA29" s="4" t="inlineStr"/>
+      <c r="AB29" s="4" t="inlineStr"/>
+      <c r="AC29" s="4" t="inlineStr"/>
+      <c r="AD29" s="4" t="inlineStr"/>
+      <c r="AE29" s="4" t="inlineStr"/>
+      <c r="AF29" s="4" t="inlineStr"/>
+      <c r="AG29" s="4" t="inlineStr"/>
+      <c r="AH29" s="4" t="inlineStr"/>
+      <c r="AI29" s="4" t="inlineStr"/>
+      <c r="AJ29" s="4" t="inlineStr"/>
+      <c r="AK29" s="4" t="inlineStr"/>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>Sandra O.</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Vacinação Assistida</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>24</v>
+      </c>
+      <c r="G30" s="4" t="inlineStr"/>
+      <c r="H30" s="4" t="inlineStr"/>
+      <c r="I30" s="4" t="inlineStr"/>
+      <c r="J30" s="4" t="inlineStr"/>
+      <c r="K30" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L30" s="4" t="inlineStr"/>
+      <c r="M30" s="4" t="inlineStr"/>
+      <c r="N30" s="4" t="inlineStr"/>
+      <c r="O30" s="4" t="inlineStr"/>
+      <c r="P30" s="4" t="inlineStr"/>
+      <c r="Q30" s="4" t="inlineStr"/>
+      <c r="R30" s="4" t="inlineStr"/>
+      <c r="S30" s="4" t="inlineStr"/>
+      <c r="T30" s="4" t="inlineStr"/>
+      <c r="U30" s="4" t="inlineStr"/>
+      <c r="V30" s="4" t="inlineStr"/>
+      <c r="W30" s="4" t="inlineStr"/>
+      <c r="X30" s="4" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y30" s="4" t="inlineStr"/>
+      <c r="Z30" s="4" t="inlineStr"/>
+      <c r="AA30" s="4" t="inlineStr"/>
+      <c r="AB30" s="4" t="inlineStr"/>
+      <c r="AC30" s="4" t="inlineStr"/>
+      <c r="AD30" s="4" t="inlineStr"/>
+      <c r="AE30" s="4" t="inlineStr"/>
+      <c r="AF30" s="4" t="inlineStr"/>
+      <c r="AG30" s="4" t="inlineStr"/>
+      <c r="AH30" s="4" t="inlineStr"/>
+      <c r="AI30" s="4" t="inlineStr"/>
+      <c r="AJ30" s="4" t="inlineStr"/>
+      <c r="AK30" s="4" t="inlineStr"/>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>Maria H.</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Ambulatório</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>SERVICO ESPECIALIZADO EM DERMATOLOGIA</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>76</v>
+      </c>
+      <c r="G31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H31" s="4" t="inlineStr"/>
+      <c r="I31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="J31" s="4" t="inlineStr"/>
+      <c r="K31" s="4" t="inlineStr"/>
+      <c r="L31" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="M31" s="4" t="inlineStr"/>
+      <c r="N31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O31" s="4" t="inlineStr"/>
+      <c r="P31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q31" s="4" t="inlineStr"/>
+      <c r="R31" s="4" t="inlineStr"/>
+      <c r="S31" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="T31" s="4" t="inlineStr"/>
+      <c r="U31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V31" s="4" t="inlineStr"/>
+      <c r="W31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X31" s="4" t="inlineStr"/>
+      <c r="Y31" s="4" t="inlineStr"/>
+      <c r="Z31" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AA31" s="4" t="inlineStr"/>
+      <c r="AB31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC31" s="4" t="inlineStr"/>
+      <c r="AD31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE31" s="4" t="inlineStr"/>
+      <c r="AF31" s="4" t="inlineStr"/>
+      <c r="AG31" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AH31" s="4" t="inlineStr"/>
+      <c r="AI31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ31" s="4" t="inlineStr"/>
+      <c r="AK31" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Juliana S.</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Centro Cirúrgico</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>SERVICO ESPECIALIZADO EM DERMATOLOGIA</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>138</v>
+      </c>
+      <c r="G32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="I32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="J32" s="4" t="inlineStr"/>
+      <c r="K32" s="4" t="inlineStr"/>
+      <c r="L32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="P32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q32" s="4" t="inlineStr"/>
+      <c r="R32" s="4" t="inlineStr"/>
+      <c r="S32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="W32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X32" s="4" t="inlineStr"/>
+      <c r="Y32" s="4" t="inlineStr"/>
+      <c r="Z32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AD32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE32" s="4" t="inlineStr"/>
+      <c r="AF32" s="4" t="inlineStr"/>
+      <c r="AG32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AK32" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>Maria H.</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Centro Cirúrgico</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>SERVICO ESPECIALIZADO EM DERMATOLOGIA</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>20</v>
+      </c>
+      <c r="G33" s="4" t="inlineStr"/>
+      <c r="H33" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I33" s="4" t="inlineStr"/>
+      <c r="J33" s="4" t="inlineStr"/>
+      <c r="K33" s="4" t="inlineStr"/>
+      <c r="L33" s="4" t="inlineStr"/>
+      <c r="M33" s="4" t="inlineStr"/>
+      <c r="N33" s="4" t="inlineStr"/>
+      <c r="O33" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P33" s="4" t="inlineStr"/>
+      <c r="Q33" s="4" t="inlineStr"/>
+      <c r="R33" s="4" t="inlineStr"/>
+      <c r="S33" s="4" t="inlineStr"/>
+      <c r="T33" s="4" t="inlineStr"/>
+      <c r="U33" s="4" t="inlineStr"/>
+      <c r="V33" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W33" s="4" t="inlineStr"/>
+      <c r="X33" s="4" t="inlineStr"/>
+      <c r="Y33" s="4" t="inlineStr"/>
+      <c r="Z33" s="4" t="inlineStr"/>
+      <c r="AA33" s="4" t="inlineStr"/>
+      <c r="AB33" s="4" t="inlineStr"/>
+      <c r="AC33" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD33" s="4" t="inlineStr"/>
+      <c r="AE33" s="4" t="inlineStr"/>
+      <c r="AF33" s="4" t="inlineStr"/>
+      <c r="AG33" s="4" t="inlineStr"/>
+      <c r="AH33" s="4" t="inlineStr"/>
+      <c r="AI33" s="4" t="inlineStr"/>
+      <c r="AJ33" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK33" s="4" t="inlineStr"/>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Alivandra A.</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>PS / Emergência / Curativo</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA DE ASSIS BRASIL</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>162</v>
+      </c>
+      <c r="G34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H34" s="4" t="inlineStr"/>
+      <c r="I34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J34" s="4" t="inlineStr"/>
+      <c r="K34" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L34" s="4" t="inlineStr"/>
+      <c r="M34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N34" s="4" t="inlineStr"/>
+      <c r="O34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="P34" s="4" t="inlineStr"/>
+      <c r="Q34" s="4" t="inlineStr"/>
+      <c r="R34" s="4" t="inlineStr"/>
+      <c r="S34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T34" s="4" t="inlineStr"/>
+      <c r="U34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V34" s="4" t="inlineStr"/>
+      <c r="W34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X34" s="4" t="inlineStr"/>
+      <c r="Y34" s="4" t="inlineStr"/>
+      <c r="Z34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA34" s="4" t="inlineStr"/>
+      <c r="AB34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC34" s="4" t="inlineStr"/>
+      <c r="AD34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE34" s="4" t="inlineStr"/>
+      <c r="AF34" s="4" t="inlineStr"/>
+      <c r="AG34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH34" s="4" t="inlineStr"/>
+      <c r="AI34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ34" s="4" t="inlineStr"/>
+      <c r="AK34" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Marcilene T.</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>PS / Emergência / Curativo</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA DE ASSIS BRASIL</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>162</v>
+      </c>
+      <c r="G35" s="4" t="inlineStr"/>
+      <c r="H35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="I35" s="4" t="inlineStr"/>
+      <c r="J35" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K35" s="4" t="inlineStr"/>
+      <c r="L35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M35" s="4" t="inlineStr"/>
+      <c r="N35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O35" s="4" t="inlineStr"/>
+      <c r="P35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q35" s="4" t="inlineStr"/>
+      <c r="R35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S35" s="4" t="inlineStr"/>
+      <c r="T35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U35" s="4" t="inlineStr"/>
+      <c r="V35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W35" s="4" t="inlineStr"/>
+      <c r="X35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y35" s="4" t="inlineStr"/>
+      <c r="Z35" s="4" t="inlineStr"/>
+      <c r="AA35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB35" s="4" t="inlineStr"/>
+      <c r="AC35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AD35" s="4" t="inlineStr"/>
+      <c r="AE35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF35" s="4" t="inlineStr"/>
+      <c r="AG35" s="4" t="inlineStr"/>
+      <c r="AH35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI35" s="4" t="inlineStr"/>
+      <c r="AJ35" s="4" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AK35" s="4" t="inlineStr"/>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Jeniffer S.</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Digitação/Entrega de Exames</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>78</v>
+      </c>
+      <c r="G36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H36" s="4" t="inlineStr"/>
+      <c r="I36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="J36" s="4" t="inlineStr"/>
+      <c r="K36" s="4" t="inlineStr"/>
+      <c r="L36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M36" s="4" t="inlineStr"/>
+      <c r="N36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O36" s="4" t="inlineStr"/>
+      <c r="P36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q36" s="4" t="inlineStr"/>
+      <c r="R36" s="4" t="inlineStr"/>
+      <c r="S36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T36" s="4" t="inlineStr"/>
+      <c r="U36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V36" s="4" t="inlineStr"/>
+      <c r="W36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X36" s="4" t="inlineStr"/>
+      <c r="Y36" s="4" t="inlineStr"/>
+      <c r="Z36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA36" s="4" t="inlineStr"/>
+      <c r="AB36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC36" s="4" t="inlineStr"/>
+      <c r="AD36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE36" s="4" t="inlineStr"/>
+      <c r="AF36" s="4" t="inlineStr"/>
+      <c r="AG36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH36" s="4" t="inlineStr"/>
+      <c r="AI36" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ36" s="4" t="inlineStr"/>
+      <c r="AK36" s="4" t="inlineStr"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>Maria C.</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Digitação/Entrega de Exames</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>156</v>
+      </c>
+      <c r="G37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="H37" s="4" t="inlineStr"/>
+      <c r="I37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="J37" s="4" t="inlineStr"/>
+      <c r="K37" s="4" t="inlineStr"/>
+      <c r="L37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="M37" s="4" t="inlineStr"/>
+      <c r="N37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="O37" s="4" t="inlineStr"/>
+      <c r="P37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="Q37" s="4" t="inlineStr"/>
+      <c r="R37" s="4" t="inlineStr"/>
+      <c r="S37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="T37" s="4" t="inlineStr"/>
+      <c r="U37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="V37" s="4" t="inlineStr"/>
+      <c r="W37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="X37" s="4" t="inlineStr"/>
+      <c r="Y37" s="4" t="inlineStr"/>
+      <c r="Z37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AA37" s="4" t="inlineStr"/>
+      <c r="AB37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AC37" s="4" t="inlineStr"/>
+      <c r="AD37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AE37" s="4" t="inlineStr"/>
+      <c r="AF37" s="4" t="inlineStr"/>
+      <c r="AG37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AH37" s="4" t="inlineStr"/>
+      <c r="AI37" s="4" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AJ37" s="4" t="inlineStr"/>
+      <c r="AK37" s="4" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>Katiane K.</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Supervisor De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Supervisão de Enfermagem</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>Efetivo/Prefeitura de Rio Branco</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>64</v>
+      </c>
+      <c r="G38" s="4" t="inlineStr"/>
+      <c r="H38" s="4" t="inlineStr"/>
+      <c r="I38" s="4" t="inlineStr"/>
+      <c r="J38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L38" s="4" t="inlineStr"/>
+      <c r="M38" s="4" t="inlineStr"/>
+      <c r="N38" s="4" t="inlineStr"/>
+      <c r="O38" s="4" t="inlineStr"/>
+      <c r="P38" s="4" t="inlineStr"/>
+      <c r="Q38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S38" s="4" t="inlineStr"/>
+      <c r="T38" s="4" t="inlineStr"/>
+      <c r="U38" s="4" t="inlineStr"/>
+      <c r="V38" s="4" t="inlineStr"/>
+      <c r="W38" s="4" t="inlineStr"/>
+      <c r="X38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z38" s="4" t="inlineStr"/>
+      <c r="AA38" s="4" t="inlineStr"/>
+      <c r="AB38" s="4" t="inlineStr"/>
+      <c r="AC38" s="4" t="inlineStr"/>
+      <c r="AD38" s="4" t="inlineStr"/>
+      <c r="AE38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF38" s="4" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG38" s="4" t="inlineStr"/>
+      <c r="AH38" s="4" t="inlineStr"/>
+      <c r="AI38" s="4" t="inlineStr"/>
+      <c r="AJ38" s="4" t="inlineStr"/>
+      <c r="AK38" s="4" t="inlineStr"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>Thiago T.</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Farmacêutico</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>184</v>
+      </c>
+      <c r="G39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="I39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="J39" s="4" t="inlineStr"/>
+      <c r="K39" s="4" t="inlineStr"/>
+      <c r="L39" s="4" t="inlineStr">
+        <is>
+          <t>PN/M6</t>
+        </is>
+      </c>
+      <c r="M39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="P39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q39" s="4" t="inlineStr"/>
+      <c r="R39" s="4" t="inlineStr"/>
+      <c r="S39" s="4" t="inlineStr">
+        <is>
+          <t>PN/M6</t>
+        </is>
+      </c>
+      <c r="T39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="W39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X39" s="4" t="inlineStr"/>
+      <c r="Y39" s="4" t="inlineStr"/>
+      <c r="Z39" s="4" t="inlineStr">
+        <is>
+          <t>PN/M6</t>
+        </is>
+      </c>
+      <c r="AA39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AD39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE39" s="4" t="inlineStr"/>
+      <c r="AF39" s="4" t="inlineStr"/>
+      <c r="AG39" s="4" t="inlineStr">
+        <is>
+          <t>PN/M6</t>
+        </is>
+      </c>
+      <c r="AH39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ39" s="3" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AK39" s="4" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>