--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -28,88 +28,100 @@
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
       <sz val="14"/>
     </font>
     <font>
       <b val="1"/>
       <color rgb="00FFFFFF"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="4">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="00023E88"/>
         <bgColor rgb="00023E88"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="00DBEAFE"/>
+        <bgColor rgb="00DBEAFE"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin"/>
       <right style="thin"/>
       <top style="thin"/>
       <bottom style="thin"/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" applyAlignment="1" pivotButton="0" quotePrefix="0" xfId="0">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -436,51 +448,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:AK3"/>
+  <dimension ref="A1:AK274"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="30" customWidth="1" min="1" max="1"/>
     <col width="20" customWidth="1" min="2" max="2"/>
     <col width="20" customWidth="1" min="3" max="3"/>
     <col width="25" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="5" customWidth="1" min="7" max="7"/>
     <col width="5" customWidth="1" min="8" max="8"/>
     <col width="5" customWidth="1" min="9" max="9"/>
     <col width="5" customWidth="1" min="10" max="10"/>
     <col width="5" customWidth="1" min="11" max="11"/>
     <col width="5" customWidth="1" min="12" max="12"/>
     <col width="5" customWidth="1" min="13" max="13"/>
     <col width="5" customWidth="1" min="14" max="14"/>
     <col width="5" customWidth="1" min="15" max="15"/>
     <col width="5" customWidth="1" min="16" max="16"/>
     <col width="5" customWidth="1" min="17" max="17"/>
     <col width="5" customWidth="1" min="18" max="18"/>
@@ -677,47 +689,31182 @@
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="AH3" s="2" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="AI3" s="2" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="AJ3" s="2" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="AK3" s="2" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="inlineStr">
+        <is>
+          <t>Mirian M.</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C4" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
+          <t>CAPS NAUAS</t>
+        </is>
+      </c>
+      <c r="E4" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F4" t="n">
+        <v>48</v>
+      </c>
+      <c r="G4" s="3" t="inlineStr"/>
+      <c r="H4" s="3" t="inlineStr"/>
+      <c r="I4" s="3" t="inlineStr"/>
+      <c r="J4" s="3" t="inlineStr"/>
+      <c r="K4" s="3" t="inlineStr"/>
+      <c r="L4" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M4" s="3" t="inlineStr"/>
+      <c r="N4" s="3" t="inlineStr"/>
+      <c r="O4" s="3" t="inlineStr"/>
+      <c r="P4" s="3" t="inlineStr"/>
+      <c r="Q4" s="3" t="inlineStr"/>
+      <c r="R4" s="3" t="inlineStr"/>
+      <c r="S4" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T4" s="3" t="inlineStr"/>
+      <c r="U4" s="3" t="inlineStr"/>
+      <c r="V4" s="3" t="inlineStr"/>
+      <c r="W4" s="3" t="inlineStr"/>
+      <c r="X4" s="3" t="inlineStr"/>
+      <c r="Y4" s="3" t="inlineStr"/>
+      <c r="Z4" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA4" s="3" t="inlineStr"/>
+      <c r="AB4" s="3" t="inlineStr"/>
+      <c r="AC4" s="3" t="inlineStr"/>
+      <c r="AD4" s="3" t="inlineStr"/>
+      <c r="AE4" s="3" t="inlineStr"/>
+      <c r="AF4" s="3" t="inlineStr"/>
+      <c r="AG4" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH4" s="3" t="inlineStr"/>
+      <c r="AI4" s="3" t="inlineStr"/>
+      <c r="AJ4" s="3" t="inlineStr"/>
+      <c r="AK4" s="3" t="inlineStr"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="inlineStr">
+        <is>
+          <t>Alex G.</t>
+        </is>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C5" t="inlineStr">
+        <is>
+          <t>Comissão Intergestora Regional - CIR</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
+          <t>COORD. REGIONAL DO JURUA/TARAUACA/ENVIRA</t>
+        </is>
+      </c>
+      <c r="E5" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F5" t="n">
+        <v>180</v>
+      </c>
+      <c r="G5" s="3" t="inlineStr"/>
+      <c r="H5" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I5" s="3" t="inlineStr"/>
+      <c r="J5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O5" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P5" s="3" t="inlineStr"/>
+      <c r="Q5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V5" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W5" s="3" t="inlineStr"/>
+      <c r="X5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC5" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD5" s="3" t="inlineStr"/>
+      <c r="AE5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI5" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ5" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK5" s="3" t="inlineStr"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="inlineStr">
+        <is>
+          <t>Cassia C.</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C6" t="inlineStr">
+        <is>
+          <t>Junta Medica</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
+          <t>COORD. REGIONAL DO JURUA/TARAUACA/ENVIRA</t>
+        </is>
+      </c>
+      <c r="E6" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F6" t="n">
+        <v>24</v>
+      </c>
+      <c r="G6" s="3" t="inlineStr"/>
+      <c r="H6" s="3" t="inlineStr"/>
+      <c r="I6" s="3" t="inlineStr"/>
+      <c r="J6" s="3" t="inlineStr"/>
+      <c r="K6" s="3" t="inlineStr"/>
+      <c r="L6" s="3" t="inlineStr"/>
+      <c r="M6" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N6" s="3" t="inlineStr"/>
+      <c r="O6" s="3" t="inlineStr"/>
+      <c r="P6" s="3" t="inlineStr"/>
+      <c r="Q6" s="3" t="inlineStr"/>
+      <c r="R6" s="3" t="inlineStr"/>
+      <c r="S6" s="3" t="inlineStr"/>
+      <c r="T6" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U6" s="3" t="inlineStr"/>
+      <c r="V6" s="3" t="inlineStr"/>
+      <c r="W6" s="3" t="inlineStr"/>
+      <c r="X6" s="3" t="inlineStr"/>
+      <c r="Y6" s="3" t="inlineStr"/>
+      <c r="Z6" s="3" t="inlineStr"/>
+      <c r="AA6" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB6" s="3" t="inlineStr"/>
+      <c r="AC6" s="3" t="inlineStr"/>
+      <c r="AD6" s="3" t="inlineStr"/>
+      <c r="AE6" s="3" t="inlineStr"/>
+      <c r="AF6" s="3" t="inlineStr"/>
+      <c r="AG6" s="3" t="inlineStr"/>
+      <c r="AH6" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI6" s="3" t="inlineStr"/>
+      <c r="AJ6" s="3" t="inlineStr"/>
+      <c r="AK6" s="3" t="inlineStr"/>
+    </row>
+    <row r="7">
+      <c r="A7" t="inlineStr">
+        <is>
+          <t>Janayna A.</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Junta Medica</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>COORD. REGIONAL DO JURUA/TARAUACA/ENVIRA</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F7" t="n">
+        <v>24</v>
+      </c>
+      <c r="G7" s="3" t="inlineStr"/>
+      <c r="H7" s="3" t="inlineStr"/>
+      <c r="I7" s="3" t="inlineStr"/>
+      <c r="J7" s="3" t="inlineStr"/>
+      <c r="K7" s="3" t="inlineStr"/>
+      <c r="L7" s="3" t="inlineStr"/>
+      <c r="M7" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N7" s="3" t="inlineStr"/>
+      <c r="O7" s="3" t="inlineStr"/>
+      <c r="P7" s="3" t="inlineStr"/>
+      <c r="Q7" s="3" t="inlineStr"/>
+      <c r="R7" s="3" t="inlineStr"/>
+      <c r="S7" s="3" t="inlineStr"/>
+      <c r="T7" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U7" s="3" t="inlineStr"/>
+      <c r="V7" s="3" t="inlineStr"/>
+      <c r="W7" s="3" t="inlineStr"/>
+      <c r="X7" s="3" t="inlineStr"/>
+      <c r="Y7" s="3" t="inlineStr"/>
+      <c r="Z7" s="3" t="inlineStr"/>
+      <c r="AA7" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB7" s="3" t="inlineStr"/>
+      <c r="AC7" s="3" t="inlineStr"/>
+      <c r="AD7" s="3" t="inlineStr"/>
+      <c r="AE7" s="3" t="inlineStr"/>
+      <c r="AF7" s="3" t="inlineStr"/>
+      <c r="AG7" s="3" t="inlineStr"/>
+      <c r="AH7" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI7" s="3" t="inlineStr"/>
+      <c r="AJ7" s="3" t="inlineStr"/>
+      <c r="AK7" s="3" t="inlineStr"/>
+    </row>
+    <row r="8">
+      <c r="A8" t="inlineStr">
+        <is>
+          <t>Reginaldo S.</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Junta Medica</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>COORD. REGIONAL DO JURUA/TARAUACA/ENVIRA</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F8" t="n">
+        <v>24</v>
+      </c>
+      <c r="G8" s="3" t="inlineStr"/>
+      <c r="H8" s="3" t="inlineStr"/>
+      <c r="I8" s="3" t="inlineStr"/>
+      <c r="J8" s="3" t="inlineStr"/>
+      <c r="K8" s="3" t="inlineStr"/>
+      <c r="L8" s="3" t="inlineStr"/>
+      <c r="M8" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N8" s="3" t="inlineStr"/>
+      <c r="O8" s="3" t="inlineStr"/>
+      <c r="P8" s="3" t="inlineStr"/>
+      <c r="Q8" s="3" t="inlineStr"/>
+      <c r="R8" s="3" t="inlineStr"/>
+      <c r="S8" s="3" t="inlineStr"/>
+      <c r="T8" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U8" s="3" t="inlineStr"/>
+      <c r="V8" s="3" t="inlineStr"/>
+      <c r="W8" s="3" t="inlineStr"/>
+      <c r="X8" s="3" t="inlineStr"/>
+      <c r="Y8" s="3" t="inlineStr"/>
+      <c r="Z8" s="3" t="inlineStr"/>
+      <c r="AA8" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB8" s="3" t="inlineStr"/>
+      <c r="AC8" s="3" t="inlineStr"/>
+      <c r="AD8" s="3" t="inlineStr"/>
+      <c r="AE8" s="3" t="inlineStr"/>
+      <c r="AF8" s="3" t="inlineStr"/>
+      <c r="AG8" s="3" t="inlineStr"/>
+      <c r="AH8" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI8" s="3" t="inlineStr"/>
+      <c r="AJ8" s="3" t="inlineStr"/>
+      <c r="AK8" s="3" t="inlineStr"/>
+    </row>
+    <row r="9">
+      <c r="A9" t="inlineStr">
+        <is>
+          <t>Everaldo O.</t>
+        </is>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Apoio Administrativo</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Almoxarifado</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>HEMOACRE</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F9" t="n">
+        <v>6</v>
+      </c>
+      <c r="G9" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H9" s="3" t="inlineStr"/>
+      <c r="I9" s="3" t="inlineStr"/>
+      <c r="J9" s="3" t="inlineStr"/>
+      <c r="K9" s="3" t="inlineStr"/>
+      <c r="L9" s="3" t="inlineStr"/>
+      <c r="M9" s="3" t="inlineStr"/>
+      <c r="N9" s="3" t="inlineStr"/>
+      <c r="O9" s="3" t="inlineStr"/>
+      <c r="P9" s="3" t="inlineStr"/>
+      <c r="Q9" s="3" t="inlineStr"/>
+      <c r="R9" s="3" t="inlineStr"/>
+      <c r="S9" s="3" t="inlineStr"/>
+      <c r="T9" s="3" t="inlineStr"/>
+      <c r="U9" s="3" t="inlineStr"/>
+      <c r="V9" s="3" t="inlineStr"/>
+      <c r="W9" s="3" t="inlineStr"/>
+      <c r="X9" s="3" t="inlineStr"/>
+      <c r="Y9" s="3" t="inlineStr"/>
+      <c r="Z9" s="3" t="inlineStr"/>
+      <c r="AA9" s="3" t="inlineStr"/>
+      <c r="AB9" s="3" t="inlineStr"/>
+      <c r="AC9" s="3" t="inlineStr"/>
+      <c r="AD9" s="3" t="inlineStr"/>
+      <c r="AE9" s="3" t="inlineStr"/>
+      <c r="AF9" s="3" t="inlineStr"/>
+      <c r="AG9" s="3" t="inlineStr"/>
+      <c r="AH9" s="3" t="inlineStr"/>
+      <c r="AI9" s="3" t="inlineStr"/>
+      <c r="AJ9" s="3" t="inlineStr"/>
+      <c r="AK9" s="3" t="inlineStr"/>
+    </row>
+    <row r="10">
+      <c r="A10" t="inlineStr">
+        <is>
+          <t>Maria H.</t>
+        </is>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Ambulatório Psiquiátrico</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>HOSMAC</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F10" t="n">
+        <v>126</v>
+      </c>
+      <c r="G10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H10" s="3" t="inlineStr"/>
+      <c r="I10" s="3" t="inlineStr"/>
+      <c r="J10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O10" s="3" t="inlineStr"/>
+      <c r="P10" s="3" t="inlineStr"/>
+      <c r="Q10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V10" s="3" t="inlineStr"/>
+      <c r="W10" s="3" t="inlineStr"/>
+      <c r="X10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC10" s="3" t="inlineStr"/>
+      <c r="AD10" s="3" t="inlineStr"/>
+      <c r="AE10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI10" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ10" s="3" t="inlineStr"/>
+      <c r="AK10" s="3" t="inlineStr"/>
+    </row>
+    <row r="11">
+      <c r="A11" t="inlineStr">
+        <is>
+          <t>Larissa S.</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Médico Cardiologista Pediatrica</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Ecocardiograma</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA CRIANÇA</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F11" t="n">
+        <v>24</v>
+      </c>
+      <c r="G11" s="3" t="inlineStr"/>
+      <c r="H11" s="3" t="inlineStr"/>
+      <c r="I11" s="3" t="inlineStr"/>
+      <c r="J11" s="3" t="inlineStr"/>
+      <c r="K11" s="3" t="inlineStr"/>
+      <c r="L11" s="3" t="inlineStr"/>
+      <c r="M11" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N11" s="3" t="inlineStr"/>
+      <c r="O11" s="3" t="inlineStr"/>
+      <c r="P11" s="3" t="inlineStr"/>
+      <c r="Q11" s="3" t="inlineStr"/>
+      <c r="R11" s="3" t="inlineStr"/>
+      <c r="S11" s="3" t="inlineStr"/>
+      <c r="T11" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U11" s="3" t="inlineStr"/>
+      <c r="V11" s="3" t="inlineStr"/>
+      <c r="W11" s="3" t="inlineStr"/>
+      <c r="X11" s="3" t="inlineStr"/>
+      <c r="Y11" s="3" t="inlineStr"/>
+      <c r="Z11" s="3" t="inlineStr"/>
+      <c r="AA11" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB11" s="3" t="inlineStr"/>
+      <c r="AC11" s="3" t="inlineStr"/>
+      <c r="AD11" s="3" t="inlineStr"/>
+      <c r="AE11" s="3" t="inlineStr"/>
+      <c r="AF11" s="3" t="inlineStr"/>
+      <c r="AG11" s="3" t="inlineStr"/>
+      <c r="AH11" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI11" s="3" t="inlineStr"/>
+      <c r="AJ11" s="3" t="inlineStr"/>
+      <c r="AK11" s="3" t="inlineStr"/>
+    </row>
+    <row r="12">
+      <c r="A12" t="inlineStr">
+        <is>
+          <t>Jamana M.</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA CRIANÇA</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F12" t="n">
+        <v>180</v>
+      </c>
+      <c r="G12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H12" s="3" t="inlineStr"/>
+      <c r="I12" s="3" t="inlineStr"/>
+      <c r="J12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K12" s="3" t="inlineStr"/>
+      <c r="L12" s="3" t="inlineStr"/>
+      <c r="M12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O12" s="3" t="inlineStr"/>
+      <c r="P12" s="3" t="inlineStr"/>
+      <c r="Q12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R12" s="3" t="inlineStr"/>
+      <c r="S12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T12" s="3" t="inlineStr"/>
+      <c r="U12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V12" s="3" t="inlineStr"/>
+      <c r="W12" s="3" t="inlineStr"/>
+      <c r="X12" s="3" t="inlineStr"/>
+      <c r="Y12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z12" s="3" t="inlineStr"/>
+      <c r="AA12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AD12" s="3" t="inlineStr"/>
+      <c r="AE12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG12" s="3" t="inlineStr"/>
+      <c r="AH12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI12" s="3" t="inlineStr"/>
+      <c r="AJ12" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AK12" s="3" t="inlineStr"/>
+    </row>
+    <row r="13">
+      <c r="A13" t="inlineStr">
+        <is>
+          <t>Kesia A.</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA CRIANÇA</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F13" t="n">
+        <v>144</v>
+      </c>
+      <c r="G13" s="3" t="inlineStr"/>
+      <c r="H13" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="I13" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J13" s="3" t="inlineStr"/>
+      <c r="K13" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L13" s="3" t="inlineStr"/>
+      <c r="M13" s="3" t="inlineStr"/>
+      <c r="N13" s="3" t="inlineStr"/>
+      <c r="O13" s="3" t="inlineStr">
+        <is>
+          <t>PN/PD</t>
+        </is>
+      </c>
+      <c r="P13" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q13" s="3" t="inlineStr"/>
+      <c r="R13" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S13" s="3" t="inlineStr"/>
+      <c r="T13" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U13" s="3" t="inlineStr"/>
+      <c r="V13" s="3" t="inlineStr">
+        <is>
+          <t>PN/PD</t>
+        </is>
+      </c>
+      <c r="W13" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X13" s="3" t="inlineStr"/>
+      <c r="Y13" s="3" t="inlineStr"/>
+      <c r="Z13" s="3" t="inlineStr"/>
+      <c r="AA13" s="3" t="inlineStr"/>
+      <c r="AB13" s="3" t="inlineStr"/>
+      <c r="AC13" s="3" t="inlineStr"/>
+      <c r="AD13" s="3" t="inlineStr"/>
+      <c r="AE13" s="3" t="inlineStr"/>
+      <c r="AF13" s="3" t="inlineStr"/>
+      <c r="AG13" s="3" t="inlineStr"/>
+      <c r="AH13" s="3" t="inlineStr"/>
+      <c r="AI13" s="3" t="inlineStr"/>
+      <c r="AJ13" s="3" t="inlineStr"/>
+      <c r="AK13" s="3" t="inlineStr"/>
+    </row>
+    <row r="14">
+      <c r="A14" t="inlineStr">
+        <is>
+          <t>Valeska L.</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA CRIANÇA</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F14" t="n">
+        <v>78</v>
+      </c>
+      <c r="G14" s="3" t="inlineStr"/>
+      <c r="H14" s="3" t="inlineStr"/>
+      <c r="I14" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J14" s="3" t="inlineStr"/>
+      <c r="K14" s="3" t="inlineStr"/>
+      <c r="L14" s="3" t="inlineStr"/>
+      <c r="M14" s="3" t="inlineStr"/>
+      <c r="N14" s="3" t="inlineStr"/>
+      <c r="O14" s="3" t="inlineStr"/>
+      <c r="P14" s="3" t="inlineStr"/>
+      <c r="Q14" s="3" t="inlineStr"/>
+      <c r="R14" s="3" t="inlineStr"/>
+      <c r="S14" s="3" t="inlineStr"/>
+      <c r="T14" s="3" t="inlineStr"/>
+      <c r="U14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V14" s="3" t="inlineStr"/>
+      <c r="W14" s="3" t="inlineStr"/>
+      <c r="X14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC14" s="3" t="inlineStr"/>
+      <c r="AD14" s="3" t="inlineStr"/>
+      <c r="AE14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI14" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ14" s="3" t="inlineStr"/>
+      <c r="AK14" s="3" t="inlineStr"/>
+    </row>
+    <row r="15">
+      <c r="A15" t="inlineStr">
+        <is>
+          <t>Wilna P.</t>
+        </is>
+      </c>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA CRIANÇA</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F15" t="n">
+        <v>84</v>
+      </c>
+      <c r="G15" s="3" t="inlineStr"/>
+      <c r="H15" s="3" t="inlineStr"/>
+      <c r="I15" s="3" t="inlineStr"/>
+      <c r="J15" s="3" t="inlineStr"/>
+      <c r="K15" s="3" t="inlineStr"/>
+      <c r="L15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M15" s="3" t="inlineStr"/>
+      <c r="N15" s="3" t="inlineStr"/>
+      <c r="O15" s="3" t="inlineStr"/>
+      <c r="P15" s="3" t="inlineStr"/>
+      <c r="Q15" s="3" t="inlineStr"/>
+      <c r="R15" s="3" t="inlineStr"/>
+      <c r="S15" s="3" t="inlineStr"/>
+      <c r="T15" s="3" t="inlineStr"/>
+      <c r="U15" s="3" t="inlineStr"/>
+      <c r="V15" s="3" t="inlineStr"/>
+      <c r="W15" s="3" t="inlineStr"/>
+      <c r="X15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y15" s="3" t="inlineStr"/>
+      <c r="Z15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA15" s="3" t="inlineStr"/>
+      <c r="AB15" s="3" t="inlineStr"/>
+      <c r="AC15" s="3" t="inlineStr"/>
+      <c r="AD15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE15" s="3" t="inlineStr"/>
+      <c r="AF15" s="3" t="inlineStr"/>
+      <c r="AG15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH15" s="3" t="inlineStr"/>
+      <c r="AI15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ15" s="3" t="inlineStr"/>
+      <c r="AK15" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="inlineStr">
+        <is>
+          <t>Thayna G.</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr">
+        <is>
+          <t>Coordenador De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C16" t="inlineStr">
+        <is>
+          <t>UTI Pediátrica</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA CRIANÇA</t>
+        </is>
+      </c>
+      <c r="E16" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F16" t="n">
+        <v>84</v>
+      </c>
+      <c r="G16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H16" s="3" t="inlineStr"/>
+      <c r="I16" s="3" t="inlineStr"/>
+      <c r="J16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O16" s="3" t="inlineStr"/>
+      <c r="P16" s="3" t="inlineStr"/>
+      <c r="Q16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V16" s="3" t="inlineStr"/>
+      <c r="W16" s="3" t="inlineStr"/>
+      <c r="X16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z16" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA16" s="3" t="inlineStr"/>
+      <c r="AB16" s="3" t="inlineStr"/>
+      <c r="AC16" s="3" t="inlineStr"/>
+      <c r="AD16" s="3" t="inlineStr"/>
+      <c r="AE16" s="3" t="inlineStr"/>
+      <c r="AF16" s="3" t="inlineStr"/>
+      <c r="AG16" s="3" t="inlineStr"/>
+      <c r="AH16" s="3" t="inlineStr"/>
+      <c r="AI16" s="3" t="inlineStr"/>
+      <c r="AJ16" s="3" t="inlineStr"/>
+      <c r="AK16" s="3" t="inlineStr"/>
+    </row>
+    <row r="17">
+      <c r="A17" t="inlineStr">
+        <is>
+          <t>Fernando R.</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>Gerente Assistencial</t>
+        </is>
+      </c>
+      <c r="C17" t="inlineStr">
+        <is>
+          <t>Administração</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>HOSPITAL DA MULHER E DA CRIANCA DO JURUA</t>
+        </is>
+      </c>
+      <c r="E17" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F17" t="n">
+        <v>152</v>
+      </c>
+      <c r="G17" s="3" t="inlineStr"/>
+      <c r="H17" s="3" t="inlineStr"/>
+      <c r="I17" s="3" t="inlineStr"/>
+      <c r="J17" s="3" t="inlineStr"/>
+      <c r="K17" s="3" t="inlineStr"/>
+      <c r="L17" s="3" t="inlineStr"/>
+      <c r="M17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O17" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P17" s="3" t="inlineStr"/>
+      <c r="Q17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V17" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W17" s="3" t="inlineStr"/>
+      <c r="X17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC17" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD17" s="3" t="inlineStr"/>
+      <c r="AE17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI17" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ17" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK17" s="3" t="inlineStr"/>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
+          <t>Adriana C.</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C18" t="inlineStr">
+        <is>
+          <t>Acolhimento</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E18" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F18" t="n">
+        <v>180</v>
+      </c>
+      <c r="G18" s="3" t="inlineStr"/>
+      <c r="H18" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I18" s="3" t="inlineStr"/>
+      <c r="J18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O18" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P18" s="3" t="inlineStr"/>
+      <c r="Q18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V18" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W18" s="3" t="inlineStr"/>
+      <c r="X18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC18" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD18" s="3" t="inlineStr"/>
+      <c r="AE18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI18" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ18" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK18" s="3" t="inlineStr"/>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>Ana N.</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C19" t="inlineStr">
+        <is>
+          <t>Acolhimento</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E19" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F19" t="n">
+        <v>160</v>
+      </c>
+      <c r="G19" s="3" t="inlineStr"/>
+      <c r="H19" s="3" t="inlineStr"/>
+      <c r="I19" s="3" t="inlineStr"/>
+      <c r="J19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O19" s="3" t="inlineStr"/>
+      <c r="P19" s="3" t="inlineStr"/>
+      <c r="Q19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V19" s="3" t="inlineStr"/>
+      <c r="W19" s="3" t="inlineStr"/>
+      <c r="X19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC19" s="3" t="inlineStr"/>
+      <c r="AD19" s="3" t="inlineStr"/>
+      <c r="AE19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI19" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ19" s="3" t="inlineStr"/>
+      <c r="AK19" s="3" t="inlineStr"/>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Esmeralda M.</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C20" t="inlineStr">
+        <is>
+          <t>Acolhimento</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E20" t="inlineStr">
+        <is>
+          <t>Efetivo/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F20" t="n">
+        <v>180</v>
+      </c>
+      <c r="G20" s="3" t="inlineStr"/>
+      <c r="H20" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I20" s="3" t="inlineStr"/>
+      <c r="J20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O20" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P20" s="3" t="inlineStr"/>
+      <c r="Q20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V20" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W20" s="3" t="inlineStr"/>
+      <c r="X20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC20" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD20" s="3" t="inlineStr"/>
+      <c r="AE20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI20" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ20" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK20" s="3" t="inlineStr"/>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>Jayssa T.</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C21" t="inlineStr">
+        <is>
+          <t>Acolhimento</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E21" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F21" t="n">
+        <v>160</v>
+      </c>
+      <c r="G21" s="3" t="inlineStr"/>
+      <c r="H21" s="3" t="inlineStr"/>
+      <c r="I21" s="3" t="inlineStr"/>
+      <c r="J21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O21" s="3" t="inlineStr"/>
+      <c r="P21" s="3" t="inlineStr"/>
+      <c r="Q21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V21" s="3" t="inlineStr"/>
+      <c r="W21" s="3" t="inlineStr"/>
+      <c r="X21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC21" s="3" t="inlineStr"/>
+      <c r="AD21" s="3" t="inlineStr"/>
+      <c r="AE21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI21" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ21" s="3" t="inlineStr"/>
+      <c r="AK21" s="3" t="inlineStr"/>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Antonio L.</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Apoio Administrativo</t>
+        </is>
+      </c>
+      <c r="C22" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E22" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F22" t="n">
+        <v>80</v>
+      </c>
+      <c r="G22" s="3" t="inlineStr"/>
+      <c r="H22" s="3" t="inlineStr"/>
+      <c r="I22" s="3" t="inlineStr"/>
+      <c r="J22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O22" s="3" t="inlineStr"/>
+      <c r="P22" s="3" t="inlineStr"/>
+      <c r="Q22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U22" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V22" s="3" t="inlineStr"/>
+      <c r="W22" s="3" t="inlineStr"/>
+      <c r="X22" s="3" t="inlineStr"/>
+      <c r="Y22" s="3" t="inlineStr"/>
+      <c r="Z22" s="3" t="inlineStr"/>
+      <c r="AA22" s="3" t="inlineStr"/>
+      <c r="AB22" s="3" t="inlineStr"/>
+      <c r="AC22" s="3" t="inlineStr"/>
+      <c r="AD22" s="3" t="inlineStr"/>
+      <c r="AE22" s="3" t="inlineStr"/>
+      <c r="AF22" s="3" t="inlineStr"/>
+      <c r="AG22" s="3" t="inlineStr"/>
+      <c r="AH22" s="3" t="inlineStr"/>
+      <c r="AI22" s="3" t="inlineStr"/>
+      <c r="AJ22" s="3" t="inlineStr"/>
+      <c r="AK22" s="3" t="inlineStr"/>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Maria P.</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Apoio Administrativo</t>
+        </is>
+      </c>
+      <c r="C23" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E23" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F23" t="n">
+        <v>160</v>
+      </c>
+      <c r="G23" s="3" t="inlineStr"/>
+      <c r="H23" s="3" t="inlineStr"/>
+      <c r="I23" s="3" t="inlineStr"/>
+      <c r="J23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O23" s="3" t="inlineStr"/>
+      <c r="P23" s="3" t="inlineStr"/>
+      <c r="Q23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V23" s="3" t="inlineStr"/>
+      <c r="W23" s="3" t="inlineStr"/>
+      <c r="X23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC23" s="3" t="inlineStr"/>
+      <c r="AD23" s="3" t="inlineStr"/>
+      <c r="AE23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI23" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ23" s="3" t="inlineStr"/>
+      <c r="AK23" s="3" t="inlineStr"/>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Francisco M.</t>
+        </is>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Apoio Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C24" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E24" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F24" t="n">
+        <v>160</v>
+      </c>
+      <c r="G24" s="3" t="inlineStr"/>
+      <c r="H24" s="3" t="inlineStr"/>
+      <c r="I24" s="3" t="inlineStr"/>
+      <c r="J24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O24" s="3" t="inlineStr"/>
+      <c r="P24" s="3" t="inlineStr"/>
+      <c r="Q24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V24" s="3" t="inlineStr"/>
+      <c r="W24" s="3" t="inlineStr"/>
+      <c r="X24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC24" s="3" t="inlineStr"/>
+      <c r="AD24" s="3" t="inlineStr"/>
+      <c r="AE24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI24" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ24" s="3" t="inlineStr"/>
+      <c r="AK24" s="3" t="inlineStr"/>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Kleber J.</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Apoio Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C25" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E25" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F25" t="n">
+        <v>160</v>
+      </c>
+      <c r="G25" s="3" t="inlineStr"/>
+      <c r="H25" s="3" t="inlineStr"/>
+      <c r="I25" s="3" t="inlineStr"/>
+      <c r="J25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O25" s="3" t="inlineStr"/>
+      <c r="P25" s="3" t="inlineStr"/>
+      <c r="Q25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V25" s="3" t="inlineStr"/>
+      <c r="W25" s="3" t="inlineStr"/>
+      <c r="X25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC25" s="3" t="inlineStr"/>
+      <c r="AD25" s="3" t="inlineStr"/>
+      <c r="AE25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI25" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ25" s="3" t="inlineStr"/>
+      <c r="AK25" s="3" t="inlineStr"/>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>Marcia O.</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Apoio Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C26" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E26" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F26" t="n">
+        <v>160</v>
+      </c>
+      <c r="G26" s="3" t="inlineStr"/>
+      <c r="H26" s="3" t="inlineStr"/>
+      <c r="I26" s="3" t="inlineStr"/>
+      <c r="J26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O26" s="3" t="inlineStr"/>
+      <c r="P26" s="3" t="inlineStr"/>
+      <c r="Q26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V26" s="3" t="inlineStr"/>
+      <c r="W26" s="3" t="inlineStr"/>
+      <c r="X26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC26" s="3" t="inlineStr"/>
+      <c r="AD26" s="3" t="inlineStr"/>
+      <c r="AE26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI26" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ26" s="3" t="inlineStr"/>
+      <c r="AK26" s="3" t="inlineStr"/>
+    </row>
+    <row r="27">
+      <c r="A27" t="inlineStr">
+        <is>
+          <t>Claudia L.</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Auxiliar de Atendimento</t>
+        </is>
+      </c>
+      <c r="C27" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E27" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F27" t="n">
+        <v>160</v>
+      </c>
+      <c r="G27" s="3" t="inlineStr"/>
+      <c r="H27" s="3" t="inlineStr"/>
+      <c r="I27" s="3" t="inlineStr"/>
+      <c r="J27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O27" s="3" t="inlineStr"/>
+      <c r="P27" s="3" t="inlineStr"/>
+      <c r="Q27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V27" s="3" t="inlineStr"/>
+      <c r="W27" s="3" t="inlineStr"/>
+      <c r="X27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC27" s="3" t="inlineStr"/>
+      <c r="AD27" s="3" t="inlineStr"/>
+      <c r="AE27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI27" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ27" s="3" t="inlineStr"/>
+      <c r="AK27" s="3" t="inlineStr"/>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>Eudineia G.</t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Auxiliar de Atendimento</t>
+        </is>
+      </c>
+      <c r="C28" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E28" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F28" t="n">
+        <v>160</v>
+      </c>
+      <c r="G28" s="3" t="inlineStr"/>
+      <c r="H28" s="3" t="inlineStr"/>
+      <c r="I28" s="3" t="inlineStr"/>
+      <c r="J28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O28" s="3" t="inlineStr"/>
+      <c r="P28" s="3" t="inlineStr"/>
+      <c r="Q28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V28" s="3" t="inlineStr"/>
+      <c r="W28" s="3" t="inlineStr"/>
+      <c r="X28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC28" s="3" t="inlineStr"/>
+      <c r="AD28" s="3" t="inlineStr"/>
+      <c r="AE28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI28" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ28" s="3" t="inlineStr"/>
+      <c r="AK28" s="3" t="inlineStr"/>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>Mario R.</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>Auxiliar de Atendimento</t>
+        </is>
+      </c>
+      <c r="C29" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E29" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F29" t="n">
+        <v>160</v>
+      </c>
+      <c r="G29" s="3" t="inlineStr"/>
+      <c r="H29" s="3" t="inlineStr"/>
+      <c r="I29" s="3" t="inlineStr"/>
+      <c r="J29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O29" s="3" t="inlineStr"/>
+      <c r="P29" s="3" t="inlineStr"/>
+      <c r="Q29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V29" s="3" t="inlineStr"/>
+      <c r="W29" s="3" t="inlineStr"/>
+      <c r="X29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC29" s="3" t="inlineStr"/>
+      <c r="AD29" s="3" t="inlineStr"/>
+      <c r="AE29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI29" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ29" s="3" t="inlineStr"/>
+      <c r="AK29" s="3" t="inlineStr"/>
+    </row>
+    <row r="30">
+      <c r="A30" t="inlineStr">
+        <is>
+          <t>Amelia L.</t>
+        </is>
+      </c>
+      <c r="B30" t="inlineStr">
+        <is>
+          <t>Copa</t>
+        </is>
+      </c>
+      <c r="C30" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E30" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F30" t="n">
+        <v>160</v>
+      </c>
+      <c r="G30" s="3" t="inlineStr"/>
+      <c r="H30" s="3" t="inlineStr"/>
+      <c r="I30" s="3" t="inlineStr"/>
+      <c r="J30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O30" s="3" t="inlineStr"/>
+      <c r="P30" s="3" t="inlineStr"/>
+      <c r="Q30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V30" s="3" t="inlineStr"/>
+      <c r="W30" s="3" t="inlineStr"/>
+      <c r="X30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC30" s="3" t="inlineStr"/>
+      <c r="AD30" s="3" t="inlineStr"/>
+      <c r="AE30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI30" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ30" s="3" t="inlineStr"/>
+      <c r="AK30" s="3" t="inlineStr"/>
+    </row>
+    <row r="31">
+      <c r="A31" t="inlineStr">
+        <is>
+          <t>Alan B.</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta/Ambulatório de Neurologia</t>
+        </is>
+      </c>
+      <c r="C31" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E31" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F31" t="n">
+        <v>120</v>
+      </c>
+      <c r="G31" s="3" t="inlineStr"/>
+      <c r="H31" s="3" t="inlineStr"/>
+      <c r="I31" s="3" t="inlineStr"/>
+      <c r="J31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O31" s="3" t="inlineStr"/>
+      <c r="P31" s="3" t="inlineStr"/>
+      <c r="Q31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V31" s="3" t="inlineStr"/>
+      <c r="W31" s="3" t="inlineStr"/>
+      <c r="X31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC31" s="3" t="inlineStr"/>
+      <c r="AD31" s="3" t="inlineStr"/>
+      <c r="AE31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI31" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ31" s="3" t="inlineStr"/>
+      <c r="AK31" s="3" t="inlineStr"/>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Alan B.</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta/Ambulatório de Neurologia</t>
+        </is>
+      </c>
+      <c r="C32" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E32" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F32" t="n">
+        <v>120</v>
+      </c>
+      <c r="G32" s="3" t="inlineStr"/>
+      <c r="H32" s="3" t="inlineStr"/>
+      <c r="I32" s="3" t="inlineStr"/>
+      <c r="J32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O32" s="3" t="inlineStr"/>
+      <c r="P32" s="3" t="inlineStr"/>
+      <c r="Q32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V32" s="3" t="inlineStr"/>
+      <c r="W32" s="3" t="inlineStr"/>
+      <c r="X32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC32" s="3" t="inlineStr"/>
+      <c r="AD32" s="3" t="inlineStr"/>
+      <c r="AE32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI32" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ32" s="3" t="inlineStr"/>
+      <c r="AK32" s="3" t="inlineStr"/>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>Elaine S.</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta Clinica</t>
+        </is>
+      </c>
+      <c r="C33" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E33" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F33" t="n">
+        <v>160</v>
+      </c>
+      <c r="G33" s="3" t="inlineStr"/>
+      <c r="H33" s="3" t="inlineStr"/>
+      <c r="I33" s="3" t="inlineStr"/>
+      <c r="J33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O33" s="3" t="inlineStr"/>
+      <c r="P33" s="3" t="inlineStr"/>
+      <c r="Q33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V33" s="3" t="inlineStr"/>
+      <c r="W33" s="3" t="inlineStr"/>
+      <c r="X33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC33" s="3" t="inlineStr"/>
+      <c r="AD33" s="3" t="inlineStr"/>
+      <c r="AE33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI33" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ33" s="3" t="inlineStr"/>
+      <c r="AK33" s="3" t="inlineStr"/>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Fernando R.</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta Clinica</t>
+        </is>
+      </c>
+      <c r="C34" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E34" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F34" t="n">
+        <v>160</v>
+      </c>
+      <c r="G34" s="3" t="inlineStr"/>
+      <c r="H34" s="3" t="inlineStr"/>
+      <c r="I34" s="3" t="inlineStr"/>
+      <c r="J34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O34" s="3" t="inlineStr"/>
+      <c r="P34" s="3" t="inlineStr"/>
+      <c r="Q34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V34" s="3" t="inlineStr"/>
+      <c r="W34" s="3" t="inlineStr"/>
+      <c r="X34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC34" s="3" t="inlineStr"/>
+      <c r="AD34" s="3" t="inlineStr"/>
+      <c r="AE34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI34" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ34" s="3" t="inlineStr"/>
+      <c r="AK34" s="3" t="inlineStr"/>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Marcos M.</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta Clinica</t>
+        </is>
+      </c>
+      <c r="C35" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E35" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F35" t="n">
+        <v>160</v>
+      </c>
+      <c r="G35" s="3" t="inlineStr"/>
+      <c r="H35" s="3" t="inlineStr"/>
+      <c r="I35" s="3" t="inlineStr"/>
+      <c r="J35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O35" s="3" t="inlineStr"/>
+      <c r="P35" s="3" t="inlineStr"/>
+      <c r="Q35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V35" s="3" t="inlineStr"/>
+      <c r="W35" s="3" t="inlineStr"/>
+      <c r="X35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC35" s="3" t="inlineStr"/>
+      <c r="AD35" s="3" t="inlineStr"/>
+      <c r="AE35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI35" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ35" s="3" t="inlineStr"/>
+      <c r="AK35" s="3" t="inlineStr"/>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Mila A.</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta Clinica</t>
+        </is>
+      </c>
+      <c r="C36" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E36" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F36" t="n">
+        <v>120</v>
+      </c>
+      <c r="G36" s="3" t="inlineStr"/>
+      <c r="H36" s="3" t="inlineStr"/>
+      <c r="I36" s="3" t="inlineStr"/>
+      <c r="J36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O36" s="3" t="inlineStr"/>
+      <c r="P36" s="3" t="inlineStr"/>
+      <c r="Q36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V36" s="3" t="inlineStr"/>
+      <c r="W36" s="3" t="inlineStr"/>
+      <c r="X36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC36" s="3" t="inlineStr"/>
+      <c r="AD36" s="3" t="inlineStr"/>
+      <c r="AE36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI36" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ36" s="3" t="inlineStr"/>
+      <c r="AK36" s="3" t="inlineStr"/>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>Raylson S.</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta Clinica</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F37" t="n">
+        <v>120</v>
+      </c>
+      <c r="G37" s="3" t="inlineStr"/>
+      <c r="H37" s="3" t="inlineStr"/>
+      <c r="I37" s="3" t="inlineStr"/>
+      <c r="J37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O37" s="3" t="inlineStr"/>
+      <c r="P37" s="3" t="inlineStr"/>
+      <c r="Q37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V37" s="3" t="inlineStr"/>
+      <c r="W37" s="3" t="inlineStr"/>
+      <c r="X37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC37" s="3" t="inlineStr"/>
+      <c r="AD37" s="3" t="inlineStr"/>
+      <c r="AE37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI37" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ37" s="3" t="inlineStr"/>
+      <c r="AK37" s="3" t="inlineStr"/>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr">
+        <is>
+          <t>Rozinete L.</t>
+        </is>
+      </c>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta Clinica</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F38" t="n">
+        <v>42</v>
+      </c>
+      <c r="G38" s="3" t="inlineStr"/>
+      <c r="H38" s="3" t="inlineStr"/>
+      <c r="I38" s="3" t="inlineStr"/>
+      <c r="J38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K38" s="3" t="inlineStr"/>
+      <c r="L38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M38" s="3" t="inlineStr"/>
+      <c r="N38" s="3" t="inlineStr"/>
+      <c r="O38" s="3" t="inlineStr"/>
+      <c r="P38" s="3" t="inlineStr"/>
+      <c r="Q38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R38" s="3" t="inlineStr"/>
+      <c r="S38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T38" s="3" t="inlineStr"/>
+      <c r="U38" s="3" t="inlineStr"/>
+      <c r="V38" s="3" t="inlineStr"/>
+      <c r="W38" s="3" t="inlineStr"/>
+      <c r="X38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y38" s="3" t="inlineStr"/>
+      <c r="Z38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA38" s="3" t="inlineStr"/>
+      <c r="AB38" s="3" t="inlineStr"/>
+      <c r="AC38" s="3" t="inlineStr"/>
+      <c r="AD38" s="3" t="inlineStr"/>
+      <c r="AE38" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF38" s="3" t="inlineStr"/>
+      <c r="AG38" s="3" t="inlineStr"/>
+      <c r="AH38" s="3" t="inlineStr"/>
+      <c r="AI38" s="3" t="inlineStr"/>
+      <c r="AJ38" s="3" t="inlineStr"/>
+      <c r="AK38" s="3" t="inlineStr"/>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr">
+        <is>
+          <t>Jardelly C.</t>
+        </is>
+      </c>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta RPG</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F39" t="n">
+        <v>120</v>
+      </c>
+      <c r="G39" s="3" t="inlineStr"/>
+      <c r="H39" s="3" t="inlineStr"/>
+      <c r="I39" s="3" t="inlineStr"/>
+      <c r="J39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O39" s="3" t="inlineStr"/>
+      <c r="P39" s="3" t="inlineStr"/>
+      <c r="Q39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V39" s="3" t="inlineStr"/>
+      <c r="W39" s="3" t="inlineStr"/>
+      <c r="X39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC39" s="3" t="inlineStr"/>
+      <c r="AD39" s="3" t="inlineStr"/>
+      <c r="AE39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI39" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ39" s="3" t="inlineStr"/>
+      <c r="AK39" s="3" t="inlineStr"/>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr">
+        <is>
+          <t>Marcia C.</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta RPG</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F40" t="n">
+        <v>120</v>
+      </c>
+      <c r="G40" s="3" t="inlineStr"/>
+      <c r="H40" s="3" t="inlineStr"/>
+      <c r="I40" s="3" t="inlineStr"/>
+      <c r="J40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O40" s="3" t="inlineStr"/>
+      <c r="P40" s="3" t="inlineStr"/>
+      <c r="Q40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V40" s="3" t="inlineStr"/>
+      <c r="W40" s="3" t="inlineStr"/>
+      <c r="X40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC40" s="3" t="inlineStr"/>
+      <c r="AD40" s="3" t="inlineStr"/>
+      <c r="AE40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI40" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ40" s="3" t="inlineStr"/>
+      <c r="AK40" s="3" t="inlineStr"/>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr">
+        <is>
+          <t>Allan C.</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Recepcionista</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F41" t="n">
+        <v>160</v>
+      </c>
+      <c r="G41" s="3" t="inlineStr"/>
+      <c r="H41" s="3" t="inlineStr"/>
+      <c r="I41" s="3" t="inlineStr"/>
+      <c r="J41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O41" s="3" t="inlineStr"/>
+      <c r="P41" s="3" t="inlineStr"/>
+      <c r="Q41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V41" s="3" t="inlineStr"/>
+      <c r="W41" s="3" t="inlineStr"/>
+      <c r="X41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC41" s="3" t="inlineStr"/>
+      <c r="AD41" s="3" t="inlineStr"/>
+      <c r="AE41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI41" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ41" s="3" t="inlineStr"/>
+      <c r="AK41" s="3" t="inlineStr"/>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Antonia F.</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Recepcionista</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F42" t="n">
+        <v>160</v>
+      </c>
+      <c r="G42" s="3" t="inlineStr"/>
+      <c r="H42" s="3" t="inlineStr"/>
+      <c r="I42" s="3" t="inlineStr"/>
+      <c r="J42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O42" s="3" t="inlineStr"/>
+      <c r="P42" s="3" t="inlineStr"/>
+      <c r="Q42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V42" s="3" t="inlineStr"/>
+      <c r="W42" s="3" t="inlineStr"/>
+      <c r="X42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC42" s="3" t="inlineStr"/>
+      <c r="AD42" s="3" t="inlineStr"/>
+      <c r="AE42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI42" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ42" s="3" t="inlineStr"/>
+      <c r="AK42" s="3" t="inlineStr"/>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Luzanira S.</t>
+        </is>
+      </c>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>Recepcionista</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>Fisioterapia e Reabilitação</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F43" t="n">
+        <v>160</v>
+      </c>
+      <c r="G43" s="3" t="inlineStr"/>
+      <c r="H43" s="3" t="inlineStr"/>
+      <c r="I43" s="3" t="inlineStr"/>
+      <c r="J43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O43" s="3" t="inlineStr"/>
+      <c r="P43" s="3" t="inlineStr"/>
+      <c r="Q43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V43" s="3" t="inlineStr"/>
+      <c r="W43" s="3" t="inlineStr"/>
+      <c r="X43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC43" s="3" t="inlineStr"/>
+      <c r="AD43" s="3" t="inlineStr"/>
+      <c r="AE43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI43" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ43" s="3" t="inlineStr"/>
+      <c r="AK43" s="3" t="inlineStr"/>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>Raquel S.</t>
+        </is>
+      </c>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>Acolhimento</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F44" t="n">
+        <v>160</v>
+      </c>
+      <c r="G44" s="3" t="inlineStr"/>
+      <c r="H44" s="3" t="inlineStr"/>
+      <c r="I44" s="3" t="inlineStr"/>
+      <c r="J44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O44" s="3" t="inlineStr"/>
+      <c r="P44" s="3" t="inlineStr"/>
+      <c r="Q44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V44" s="3" t="inlineStr"/>
+      <c r="W44" s="3" t="inlineStr"/>
+      <c r="X44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC44" s="3" t="inlineStr"/>
+      <c r="AD44" s="3" t="inlineStr"/>
+      <c r="AE44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI44" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ44" s="3" t="inlineStr"/>
+      <c r="AK44" s="3" t="inlineStr"/>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>Advilson A.</t>
+        </is>
+      </c>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F45" t="n">
+        <v>160</v>
+      </c>
+      <c r="G45" s="3" t="inlineStr"/>
+      <c r="H45" s="3" t="inlineStr"/>
+      <c r="I45" s="3" t="inlineStr"/>
+      <c r="J45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O45" s="3" t="inlineStr"/>
+      <c r="P45" s="3" t="inlineStr"/>
+      <c r="Q45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V45" s="3" t="inlineStr"/>
+      <c r="W45" s="3" t="inlineStr"/>
+      <c r="X45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC45" s="3" t="inlineStr"/>
+      <c r="AD45" s="3" t="inlineStr"/>
+      <c r="AE45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI45" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ45" s="3" t="inlineStr"/>
+      <c r="AK45" s="3" t="inlineStr"/>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr">
+        <is>
+          <t>Agnaldo O.</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F46" t="n">
+        <v>160</v>
+      </c>
+      <c r="G46" s="3" t="inlineStr"/>
+      <c r="H46" s="3" t="inlineStr"/>
+      <c r="I46" s="3" t="inlineStr"/>
+      <c r="J46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O46" s="3" t="inlineStr"/>
+      <c r="P46" s="3" t="inlineStr"/>
+      <c r="Q46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V46" s="3" t="inlineStr"/>
+      <c r="W46" s="3" t="inlineStr"/>
+      <c r="X46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC46" s="3" t="inlineStr"/>
+      <c r="AD46" s="3" t="inlineStr"/>
+      <c r="AE46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI46" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ46" s="3" t="inlineStr"/>
+      <c r="AK46" s="3" t="inlineStr"/>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr">
+        <is>
+          <t>Ana S.</t>
+        </is>
+      </c>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F47" t="n">
+        <v>160</v>
+      </c>
+      <c r="G47" s="3" t="inlineStr"/>
+      <c r="H47" s="3" t="inlineStr"/>
+      <c r="I47" s="3" t="inlineStr"/>
+      <c r="J47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O47" s="3" t="inlineStr"/>
+      <c r="P47" s="3" t="inlineStr"/>
+      <c r="Q47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V47" s="3" t="inlineStr"/>
+      <c r="W47" s="3" t="inlineStr"/>
+      <c r="X47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC47" s="3" t="inlineStr"/>
+      <c r="AD47" s="3" t="inlineStr"/>
+      <c r="AE47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI47" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ47" s="3" t="inlineStr"/>
+      <c r="AK47" s="3" t="inlineStr"/>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr">
+        <is>
+          <t>Jhoneli B.</t>
+        </is>
+      </c>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F48" t="n">
+        <v>180</v>
+      </c>
+      <c r="G48" s="3" t="inlineStr"/>
+      <c r="H48" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I48" s="3" t="inlineStr"/>
+      <c r="J48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O48" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P48" s="3" t="inlineStr"/>
+      <c r="Q48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V48" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W48" s="3" t="inlineStr"/>
+      <c r="X48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC48" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD48" s="3" t="inlineStr"/>
+      <c r="AE48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI48" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ48" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK48" s="3" t="inlineStr"/>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr">
+        <is>
+          <t>Jose F.</t>
+        </is>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F49" t="n">
+        <v>180</v>
+      </c>
+      <c r="G49" s="3" t="inlineStr"/>
+      <c r="H49" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I49" s="3" t="inlineStr"/>
+      <c r="J49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O49" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P49" s="3" t="inlineStr"/>
+      <c r="Q49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V49" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W49" s="3" t="inlineStr"/>
+      <c r="X49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC49" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD49" s="3" t="inlineStr"/>
+      <c r="AE49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI49" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ49" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK49" s="3" t="inlineStr"/>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr">
+        <is>
+          <t>Kaua L.</t>
+        </is>
+      </c>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F50" t="n">
+        <v>160</v>
+      </c>
+      <c r="G50" s="3" t="inlineStr"/>
+      <c r="H50" s="3" t="inlineStr"/>
+      <c r="I50" s="3" t="inlineStr"/>
+      <c r="J50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O50" s="3" t="inlineStr"/>
+      <c r="P50" s="3" t="inlineStr"/>
+      <c r="Q50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V50" s="3" t="inlineStr"/>
+      <c r="W50" s="3" t="inlineStr"/>
+      <c r="X50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC50" s="3" t="inlineStr"/>
+      <c r="AD50" s="3" t="inlineStr"/>
+      <c r="AE50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI50" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ50" s="3" t="inlineStr"/>
+      <c r="AK50" s="3" t="inlineStr"/>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr">
+        <is>
+          <t>Luana C.</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F51" t="n">
+        <v>160</v>
+      </c>
+      <c r="G51" s="3" t="inlineStr"/>
+      <c r="H51" s="3" t="inlineStr"/>
+      <c r="I51" s="3" t="inlineStr"/>
+      <c r="J51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O51" s="3" t="inlineStr"/>
+      <c r="P51" s="3" t="inlineStr"/>
+      <c r="Q51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V51" s="3" t="inlineStr"/>
+      <c r="W51" s="3" t="inlineStr"/>
+      <c r="X51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC51" s="3" t="inlineStr"/>
+      <c r="AD51" s="3" t="inlineStr"/>
+      <c r="AE51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI51" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ51" s="3" t="inlineStr"/>
+      <c r="AK51" s="3" t="inlineStr"/>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr">
+        <is>
+          <t>Mariana D.</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F52" t="n">
+        <v>180</v>
+      </c>
+      <c r="G52" s="3" t="inlineStr"/>
+      <c r="H52" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I52" s="3" t="inlineStr"/>
+      <c r="J52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O52" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P52" s="3" t="inlineStr"/>
+      <c r="Q52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V52" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W52" s="3" t="inlineStr"/>
+      <c r="X52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC52" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD52" s="3" t="inlineStr"/>
+      <c r="AE52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI52" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ52" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK52" s="3" t="inlineStr"/>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr">
+        <is>
+          <t>Naiane O.</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>Agendamento</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F53" t="n">
+        <v>180</v>
+      </c>
+      <c r="G53" s="3" t="inlineStr"/>
+      <c r="H53" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I53" s="3" t="inlineStr"/>
+      <c r="J53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O53" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P53" s="3" t="inlineStr"/>
+      <c r="Q53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V53" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W53" s="3" t="inlineStr"/>
+      <c r="X53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC53" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD53" s="3" t="inlineStr"/>
+      <c r="AE53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI53" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ53" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK53" s="3" t="inlineStr"/>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr">
+        <is>
+          <t>Joelma R.</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Apoio Administrativo</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F54" t="n">
+        <v>180</v>
+      </c>
+      <c r="G54" s="3" t="inlineStr"/>
+      <c r="H54" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I54" s="3" t="inlineStr"/>
+      <c r="J54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O54" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P54" s="3" t="inlineStr"/>
+      <c r="Q54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V54" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W54" s="3" t="inlineStr"/>
+      <c r="X54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC54" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD54" s="3" t="inlineStr"/>
+      <c r="AE54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI54" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ54" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK54" s="3" t="inlineStr"/>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr">
+        <is>
+          <t>Jorgete F.</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Apoio Administrativo</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F55" t="n">
+        <v>160</v>
+      </c>
+      <c r="G55" s="3" t="inlineStr"/>
+      <c r="H55" s="3" t="inlineStr"/>
+      <c r="I55" s="3" t="inlineStr"/>
+      <c r="J55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O55" s="3" t="inlineStr"/>
+      <c r="P55" s="3" t="inlineStr"/>
+      <c r="Q55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V55" s="3" t="inlineStr"/>
+      <c r="W55" s="3" t="inlineStr"/>
+      <c r="X55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC55" s="3" t="inlineStr"/>
+      <c r="AD55" s="3" t="inlineStr"/>
+      <c r="AE55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI55" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ55" s="3" t="inlineStr"/>
+      <c r="AK55" s="3" t="inlineStr"/>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr">
+        <is>
+          <t>Antonio S.</t>
+        </is>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Apoio Atendimento/Ambulatório</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F56" t="n">
+        <v>180</v>
+      </c>
+      <c r="G56" s="3" t="inlineStr"/>
+      <c r="H56" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I56" s="3" t="inlineStr"/>
+      <c r="J56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O56" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P56" s="3" t="inlineStr"/>
+      <c r="Q56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V56" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W56" s="3" t="inlineStr"/>
+      <c r="X56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC56" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD56" s="3" t="inlineStr"/>
+      <c r="AE56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI56" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ56" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK56" s="3" t="inlineStr"/>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr">
+        <is>
+          <t>Thalia S.</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Apoio Atendimento/Ambulatório</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F57" t="n">
+        <v>180</v>
+      </c>
+      <c r="G57" s="3" t="inlineStr"/>
+      <c r="H57" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I57" s="3" t="inlineStr"/>
+      <c r="J57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O57" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P57" s="3" t="inlineStr"/>
+      <c r="Q57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V57" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W57" s="3" t="inlineStr"/>
+      <c r="X57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC57" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD57" s="3" t="inlineStr"/>
+      <c r="AE57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI57" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ57" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK57" s="3" t="inlineStr"/>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr">
+        <is>
+          <t>Cirila S.</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>Apoio Regulação / Estatística</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F58" t="n">
+        <v>160</v>
+      </c>
+      <c r="G58" s="3" t="inlineStr"/>
+      <c r="H58" s="3" t="inlineStr"/>
+      <c r="I58" s="3" t="inlineStr"/>
+      <c r="J58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O58" s="3" t="inlineStr"/>
+      <c r="P58" s="3" t="inlineStr"/>
+      <c r="Q58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V58" s="3" t="inlineStr"/>
+      <c r="W58" s="3" t="inlineStr"/>
+      <c r="X58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC58" s="3" t="inlineStr"/>
+      <c r="AD58" s="3" t="inlineStr"/>
+      <c r="AE58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI58" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ58" s="3" t="inlineStr"/>
+      <c r="AK58" s="3" t="inlineStr"/>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr">
+        <is>
+          <t>Eloneide A.</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>Apoio Regulação / Estatística</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F59" t="n">
+        <v>180</v>
+      </c>
+      <c r="G59" s="3" t="inlineStr"/>
+      <c r="H59" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I59" s="3" t="inlineStr"/>
+      <c r="J59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O59" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P59" s="3" t="inlineStr"/>
+      <c r="Q59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V59" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W59" s="3" t="inlineStr"/>
+      <c r="X59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC59" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD59" s="3" t="inlineStr"/>
+      <c r="AE59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI59" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ59" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK59" s="3" t="inlineStr"/>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr">
+        <is>
+          <t>Keli R.</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>Apoio Regulação / Estatística</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F60" t="n">
+        <v>160</v>
+      </c>
+      <c r="G60" s="3" t="inlineStr"/>
+      <c r="H60" s="3" t="inlineStr"/>
+      <c r="I60" s="3" t="inlineStr"/>
+      <c r="J60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O60" s="3" t="inlineStr"/>
+      <c r="P60" s="3" t="inlineStr"/>
+      <c r="Q60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V60" s="3" t="inlineStr"/>
+      <c r="W60" s="3" t="inlineStr"/>
+      <c r="X60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC60" s="3" t="inlineStr"/>
+      <c r="AD60" s="3" t="inlineStr"/>
+      <c r="AE60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI60" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ60" s="3" t="inlineStr"/>
+      <c r="AK60" s="3" t="inlineStr"/>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr">
+        <is>
+          <t>Danusa S.</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F61" t="n">
+        <v>180</v>
+      </c>
+      <c r="G61" s="3" t="inlineStr"/>
+      <c r="H61" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I61" s="3" t="inlineStr"/>
+      <c r="J61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O61" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P61" s="3" t="inlineStr"/>
+      <c r="Q61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V61" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W61" s="3" t="inlineStr"/>
+      <c r="X61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC61" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD61" s="3" t="inlineStr"/>
+      <c r="AE61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI61" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ61" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK61" s="3" t="inlineStr"/>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr">
+        <is>
+          <t>Heloisa A.</t>
+        </is>
+      </c>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F62" t="n">
+        <v>180</v>
+      </c>
+      <c r="G62" s="3" t="inlineStr"/>
+      <c r="H62" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I62" s="3" t="inlineStr"/>
+      <c r="J62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O62" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P62" s="3" t="inlineStr"/>
+      <c r="Q62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V62" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W62" s="3" t="inlineStr"/>
+      <c r="X62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC62" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD62" s="3" t="inlineStr"/>
+      <c r="AE62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI62" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ62" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK62" s="3" t="inlineStr"/>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr">
+        <is>
+          <t>Maria M.</t>
+        </is>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F63" t="n">
+        <v>180</v>
+      </c>
+      <c r="G63" s="3" t="inlineStr"/>
+      <c r="H63" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I63" s="3" t="inlineStr"/>
+      <c r="J63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O63" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P63" s="3" t="inlineStr"/>
+      <c r="Q63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V63" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W63" s="3" t="inlineStr"/>
+      <c r="X63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC63" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD63" s="3" t="inlineStr"/>
+      <c r="AE63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI63" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ63" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK63" s="3" t="inlineStr"/>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr">
+        <is>
+          <t>Maria S.</t>
+        </is>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F64" t="n">
+        <v>180</v>
+      </c>
+      <c r="G64" s="3" t="inlineStr"/>
+      <c r="H64" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I64" s="3" t="inlineStr"/>
+      <c r="J64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O64" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P64" s="3" t="inlineStr"/>
+      <c r="Q64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V64" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W64" s="3" t="inlineStr"/>
+      <c r="X64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC64" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD64" s="3" t="inlineStr"/>
+      <c r="AE64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI64" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ64" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK64" s="3" t="inlineStr"/>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr">
+        <is>
+          <t>Raimunda B.</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F65" t="n">
+        <v>180</v>
+      </c>
+      <c r="G65" s="3" t="inlineStr"/>
+      <c r="H65" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I65" s="3" t="inlineStr"/>
+      <c r="J65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O65" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P65" s="3" t="inlineStr"/>
+      <c r="Q65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V65" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W65" s="3" t="inlineStr"/>
+      <c r="X65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC65" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD65" s="3" t="inlineStr"/>
+      <c r="AE65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI65" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ65" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK65" s="3" t="inlineStr"/>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr">
+        <is>
+          <t>Silvania P.</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F66" t="n">
+        <v>160</v>
+      </c>
+      <c r="G66" s="3" t="inlineStr"/>
+      <c r="H66" s="3" t="inlineStr"/>
+      <c r="I66" s="3" t="inlineStr"/>
+      <c r="J66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O66" s="3" t="inlineStr"/>
+      <c r="P66" s="3" t="inlineStr"/>
+      <c r="Q66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V66" s="3" t="inlineStr"/>
+      <c r="W66" s="3" t="inlineStr"/>
+      <c r="X66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC66" s="3" t="inlineStr"/>
+      <c r="AD66" s="3" t="inlineStr"/>
+      <c r="AE66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI66" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ66" s="3" t="inlineStr"/>
+      <c r="AK66" s="3" t="inlineStr"/>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr">
+        <is>
+          <t>Tamires B.</t>
+        </is>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>Arquivista</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F67" t="n">
+        <v>180</v>
+      </c>
+      <c r="G67" s="3" t="inlineStr"/>
+      <c r="H67" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I67" s="3" t="inlineStr"/>
+      <c r="J67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O67" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P67" s="3" t="inlineStr"/>
+      <c r="Q67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V67" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W67" s="3" t="inlineStr"/>
+      <c r="X67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC67" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD67" s="3" t="inlineStr"/>
+      <c r="AE67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI67" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ67" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK67" s="3" t="inlineStr"/>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr">
+        <is>
+          <t>Adrielly L.</t>
+        </is>
+      </c>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F68" t="n">
+        <v>180</v>
+      </c>
+      <c r="G68" s="3" t="inlineStr"/>
+      <c r="H68" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I68" s="3" t="inlineStr"/>
+      <c r="J68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O68" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P68" s="3" t="inlineStr"/>
+      <c r="Q68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V68" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W68" s="3" t="inlineStr"/>
+      <c r="X68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC68" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD68" s="3" t="inlineStr"/>
+      <c r="AE68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI68" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ68" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK68" s="3" t="inlineStr"/>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr">
+        <is>
+          <t>Francisca F.</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F69" t="n">
+        <v>180</v>
+      </c>
+      <c r="G69" s="3" t="inlineStr"/>
+      <c r="H69" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I69" s="3" t="inlineStr"/>
+      <c r="J69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O69" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P69" s="3" t="inlineStr"/>
+      <c r="Q69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V69" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W69" s="3" t="inlineStr"/>
+      <c r="X69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC69" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD69" s="3" t="inlineStr"/>
+      <c r="AE69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI69" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ69" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK69" s="3" t="inlineStr"/>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr">
+        <is>
+          <t>Ingrid M.</t>
+        </is>
+      </c>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F70" t="n">
+        <v>180</v>
+      </c>
+      <c r="G70" s="3" t="inlineStr"/>
+      <c r="H70" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I70" s="3" t="inlineStr"/>
+      <c r="J70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O70" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P70" s="3" t="inlineStr"/>
+      <c r="Q70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V70" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W70" s="3" t="inlineStr"/>
+      <c r="X70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC70" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD70" s="3" t="inlineStr"/>
+      <c r="AE70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI70" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ70" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK70" s="3" t="inlineStr"/>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr">
+        <is>
+          <t>Iraci V.</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F71" t="n">
+        <v>160</v>
+      </c>
+      <c r="G71" s="3" t="inlineStr"/>
+      <c r="H71" s="3" t="inlineStr"/>
+      <c r="I71" s="3" t="inlineStr"/>
+      <c r="J71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O71" s="3" t="inlineStr"/>
+      <c r="P71" s="3" t="inlineStr"/>
+      <c r="Q71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V71" s="3" t="inlineStr"/>
+      <c r="W71" s="3" t="inlineStr"/>
+      <c r="X71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC71" s="3" t="inlineStr"/>
+      <c r="AD71" s="3" t="inlineStr"/>
+      <c r="AE71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI71" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ71" s="3" t="inlineStr"/>
+      <c r="AK71" s="3" t="inlineStr"/>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr">
+        <is>
+          <t>Irlany S.</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F72" t="n">
+        <v>160</v>
+      </c>
+      <c r="G72" s="3" t="inlineStr"/>
+      <c r="H72" s="3" t="inlineStr"/>
+      <c r="I72" s="3" t="inlineStr"/>
+      <c r="J72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O72" s="3" t="inlineStr"/>
+      <c r="P72" s="3" t="inlineStr"/>
+      <c r="Q72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V72" s="3" t="inlineStr"/>
+      <c r="W72" s="3" t="inlineStr"/>
+      <c r="X72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC72" s="3" t="inlineStr"/>
+      <c r="AD72" s="3" t="inlineStr"/>
+      <c r="AE72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI72" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ72" s="3" t="inlineStr"/>
+      <c r="AK72" s="3" t="inlineStr"/>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr">
+        <is>
+          <t>Janiscleia P.</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F73" t="n">
+        <v>160</v>
+      </c>
+      <c r="G73" s="3" t="inlineStr"/>
+      <c r="H73" s="3" t="inlineStr"/>
+      <c r="I73" s="3" t="inlineStr"/>
+      <c r="J73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O73" s="3" t="inlineStr"/>
+      <c r="P73" s="3" t="inlineStr"/>
+      <c r="Q73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V73" s="3" t="inlineStr"/>
+      <c r="W73" s="3" t="inlineStr"/>
+      <c r="X73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC73" s="3" t="inlineStr"/>
+      <c r="AD73" s="3" t="inlineStr"/>
+      <c r="AE73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI73" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ73" s="3" t="inlineStr"/>
+      <c r="AK73" s="3" t="inlineStr"/>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr">
+        <is>
+          <t>Ketally S.</t>
+        </is>
+      </c>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F74" t="n">
+        <v>160</v>
+      </c>
+      <c r="G74" s="3" t="inlineStr"/>
+      <c r="H74" s="3" t="inlineStr"/>
+      <c r="I74" s="3" t="inlineStr"/>
+      <c r="J74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O74" s="3" t="inlineStr"/>
+      <c r="P74" s="3" t="inlineStr"/>
+      <c r="Q74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V74" s="3" t="inlineStr"/>
+      <c r="W74" s="3" t="inlineStr"/>
+      <c r="X74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC74" s="3" t="inlineStr"/>
+      <c r="AD74" s="3" t="inlineStr"/>
+      <c r="AE74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI74" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ74" s="3" t="inlineStr"/>
+      <c r="AK74" s="3" t="inlineStr"/>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr">
+        <is>
+          <t>Maria B.</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F75" t="n">
+        <v>180</v>
+      </c>
+      <c r="G75" s="3" t="inlineStr"/>
+      <c r="H75" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I75" s="3" t="inlineStr"/>
+      <c r="J75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O75" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P75" s="3" t="inlineStr"/>
+      <c r="Q75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V75" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W75" s="3" t="inlineStr"/>
+      <c r="X75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC75" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD75" s="3" t="inlineStr"/>
+      <c r="AE75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI75" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ75" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK75" s="3" t="inlineStr"/>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr">
+        <is>
+          <t>Maria C.</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F76" t="n">
+        <v>180</v>
+      </c>
+      <c r="G76" s="3" t="inlineStr"/>
+      <c r="H76" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I76" s="3" t="inlineStr"/>
+      <c r="J76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O76" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P76" s="3" t="inlineStr"/>
+      <c r="Q76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V76" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W76" s="3" t="inlineStr"/>
+      <c r="X76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC76" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD76" s="3" t="inlineStr"/>
+      <c r="AE76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI76" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ76" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK76" s="3" t="inlineStr"/>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr">
+        <is>
+          <t>Maria G.</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F77" t="n">
+        <v>180</v>
+      </c>
+      <c r="G77" s="3" t="inlineStr"/>
+      <c r="H77" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I77" s="3" t="inlineStr"/>
+      <c r="J77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O77" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P77" s="3" t="inlineStr"/>
+      <c r="Q77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V77" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W77" s="3" t="inlineStr"/>
+      <c r="X77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC77" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD77" s="3" t="inlineStr"/>
+      <c r="AE77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI77" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ77" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK77" s="3" t="inlineStr"/>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr">
+        <is>
+          <t>Maria M.</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F78" t="n">
+        <v>180</v>
+      </c>
+      <c r="G78" s="3" t="inlineStr"/>
+      <c r="H78" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I78" s="3" t="inlineStr"/>
+      <c r="J78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O78" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P78" s="3" t="inlineStr"/>
+      <c r="Q78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V78" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W78" s="3" t="inlineStr"/>
+      <c r="X78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC78" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD78" s="3" t="inlineStr"/>
+      <c r="AE78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI78" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ78" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK78" s="3" t="inlineStr"/>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr">
+        <is>
+          <t>Maria R.</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F79" t="n">
+        <v>180</v>
+      </c>
+      <c r="G79" s="3" t="inlineStr"/>
+      <c r="H79" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I79" s="3" t="inlineStr"/>
+      <c r="J79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O79" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P79" s="3" t="inlineStr"/>
+      <c r="Q79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V79" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W79" s="3" t="inlineStr"/>
+      <c r="X79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC79" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD79" s="3" t="inlineStr"/>
+      <c r="AE79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI79" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ79" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK79" s="3" t="inlineStr"/>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr">
+        <is>
+          <t>Raelly S.</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F80" t="n">
+        <v>180</v>
+      </c>
+      <c r="G80" s="3" t="inlineStr"/>
+      <c r="H80" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I80" s="3" t="inlineStr"/>
+      <c r="J80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O80" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P80" s="3" t="inlineStr"/>
+      <c r="Q80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V80" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W80" s="3" t="inlineStr"/>
+      <c r="X80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC80" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD80" s="3" t="inlineStr"/>
+      <c r="AE80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI80" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ80" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK80" s="3" t="inlineStr"/>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr">
+        <is>
+          <t>Raquel L.</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F81" t="n">
+        <v>156</v>
+      </c>
+      <c r="G81" s="3" t="inlineStr"/>
+      <c r="H81" s="3" t="inlineStr"/>
+      <c r="I81" s="3" t="inlineStr"/>
+      <c r="J81" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="K81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O81" s="3" t="inlineStr"/>
+      <c r="P81" s="3" t="inlineStr"/>
+      <c r="Q81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V81" s="3" t="inlineStr"/>
+      <c r="W81" s="3" t="inlineStr"/>
+      <c r="X81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC81" s="3" t="inlineStr"/>
+      <c r="AD81" s="3" t="inlineStr"/>
+      <c r="AE81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI81" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ81" s="3" t="inlineStr"/>
+      <c r="AK81" s="3" t="inlineStr"/>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr">
+        <is>
+          <t>Rita A.</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F82" t="n">
+        <v>180</v>
+      </c>
+      <c r="G82" s="3" t="inlineStr"/>
+      <c r="H82" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I82" s="3" t="inlineStr"/>
+      <c r="J82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O82" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P82" s="3" t="inlineStr"/>
+      <c r="Q82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V82" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W82" s="3" t="inlineStr"/>
+      <c r="X82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC82" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD82" s="3" t="inlineStr"/>
+      <c r="AE82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI82" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ82" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK82" s="3" t="inlineStr"/>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr">
+        <is>
+          <t>Roseanne P.</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Assistente de Ambulatório</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F83" t="n">
+        <v>180</v>
+      </c>
+      <c r="G83" s="3" t="inlineStr"/>
+      <c r="H83" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I83" s="3" t="inlineStr"/>
+      <c r="J83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O83" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P83" s="3" t="inlineStr"/>
+      <c r="Q83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V83" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W83" s="3" t="inlineStr"/>
+      <c r="X83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC83" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD83" s="3" t="inlineStr"/>
+      <c r="AE83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI83" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ83" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK83" s="3" t="inlineStr"/>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr">
+        <is>
+          <t>Maria B.</t>
+        </is>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>Coordenador</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F84" t="n">
+        <v>160</v>
+      </c>
+      <c r="G84" s="3" t="inlineStr"/>
+      <c r="H84" s="3" t="inlineStr"/>
+      <c r="I84" s="3" t="inlineStr"/>
+      <c r="J84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O84" s="3" t="inlineStr"/>
+      <c r="P84" s="3" t="inlineStr"/>
+      <c r="Q84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V84" s="3" t="inlineStr"/>
+      <c r="W84" s="3" t="inlineStr"/>
+      <c r="X84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC84" s="3" t="inlineStr"/>
+      <c r="AD84" s="3" t="inlineStr"/>
+      <c r="AE84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI84" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ84" s="3" t="inlineStr"/>
+      <c r="AK84" s="3" t="inlineStr"/>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr">
+        <is>
+          <t>Francisca S.</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Copa</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F85" t="n">
+        <v>160</v>
+      </c>
+      <c r="G85" s="3" t="inlineStr"/>
+      <c r="H85" s="3" t="inlineStr"/>
+      <c r="I85" s="3" t="inlineStr"/>
+      <c r="J85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O85" s="3" t="inlineStr"/>
+      <c r="P85" s="3" t="inlineStr"/>
+      <c r="Q85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V85" s="3" t="inlineStr"/>
+      <c r="W85" s="3" t="inlineStr"/>
+      <c r="X85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC85" s="3" t="inlineStr"/>
+      <c r="AD85" s="3" t="inlineStr"/>
+      <c r="AE85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI85" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ85" s="3" t="inlineStr"/>
+      <c r="AK85" s="3" t="inlineStr"/>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr">
+        <is>
+          <t>Simone S.</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Informação/Triagem</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F86" t="n">
+        <v>160</v>
+      </c>
+      <c r="G86" s="3" t="inlineStr"/>
+      <c r="H86" s="3" t="inlineStr"/>
+      <c r="I86" s="3" t="inlineStr"/>
+      <c r="J86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O86" s="3" t="inlineStr"/>
+      <c r="P86" s="3" t="inlineStr"/>
+      <c r="Q86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V86" s="3" t="inlineStr"/>
+      <c r="W86" s="3" t="inlineStr"/>
+      <c r="X86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC86" s="3" t="inlineStr"/>
+      <c r="AD86" s="3" t="inlineStr"/>
+      <c r="AE86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI86" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ86" s="3" t="inlineStr"/>
+      <c r="AK86" s="3" t="inlineStr"/>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr">
+        <is>
+          <t>Sonia A.</t>
+        </is>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Supervisão de Arquivo</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F87" t="n">
+        <v>180</v>
+      </c>
+      <c r="G87" s="3" t="inlineStr"/>
+      <c r="H87" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="I87" s="3" t="inlineStr"/>
+      <c r="J87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O87" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="P87" s="3" t="inlineStr"/>
+      <c r="Q87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V87" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="W87" s="3" t="inlineStr"/>
+      <c r="X87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC87" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AD87" s="3" t="inlineStr"/>
+      <c r="AE87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI87" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ87" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AK87" s="3" t="inlineStr"/>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr">
+        <is>
+          <t>Ecirene A.</t>
+        </is>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>Técnico em Gesso</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F88" t="n">
+        <v>162</v>
+      </c>
+      <c r="G88" s="3" t="inlineStr"/>
+      <c r="H88" s="3" t="inlineStr"/>
+      <c r="I88" s="3" t="inlineStr"/>
+      <c r="J88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K88" s="3" t="inlineStr"/>
+      <c r="L88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M88" s="3" t="inlineStr"/>
+      <c r="N88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O88" s="3" t="inlineStr"/>
+      <c r="P88" s="3" t="inlineStr"/>
+      <c r="Q88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S88" s="3" t="inlineStr"/>
+      <c r="T88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U88" s="3" t="inlineStr"/>
+      <c r="V88" s="3" t="inlineStr"/>
+      <c r="W88" s="3" t="inlineStr"/>
+      <c r="X88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y88" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA88" s="3" t="inlineStr"/>
+      <c r="AB88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC88" s="3" t="inlineStr"/>
+      <c r="AD88" s="3" t="inlineStr"/>
+      <c r="AE88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG88" s="3" t="inlineStr"/>
+      <c r="AH88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI88" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ88" s="3" t="inlineStr"/>
+      <c r="AK88" s="3" t="inlineStr"/>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr">
+        <is>
+          <t>Jose G.</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Técnico em Gesso</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>SAAE / Administrativo</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F89" t="n">
+        <v>162</v>
+      </c>
+      <c r="G89" s="3" t="inlineStr"/>
+      <c r="H89" s="3" t="inlineStr"/>
+      <c r="I89" s="3" t="inlineStr"/>
+      <c r="J89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L89" s="3" t="inlineStr"/>
+      <c r="M89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N89" s="3" t="inlineStr"/>
+      <c r="O89" s="3" t="inlineStr"/>
+      <c r="P89" s="3" t="inlineStr"/>
+      <c r="Q89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R89" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T89" s="3" t="inlineStr"/>
+      <c r="U89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V89" s="3" t="inlineStr"/>
+      <c r="W89" s="3" t="inlineStr"/>
+      <c r="X89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z89" s="3" t="inlineStr"/>
+      <c r="AA89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AB89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC89" s="3" t="inlineStr"/>
+      <c r="AD89" s="3" t="inlineStr"/>
+      <c r="AE89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF89" s="3" t="inlineStr"/>
+      <c r="AG89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH89" s="3" t="inlineStr"/>
+      <c r="AI89" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ89" s="3" t="inlineStr"/>
+      <c r="AK89" s="3" t="inlineStr"/>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr">
+        <is>
+          <t>Juan C.</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>Alergia e Imunologia / Pediatrico</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F90" t="n">
+        <v>72</v>
+      </c>
+      <c r="G90" s="3" t="inlineStr"/>
+      <c r="H90" s="3" t="inlineStr"/>
+      <c r="I90" s="3" t="inlineStr"/>
+      <c r="J90" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="K90" s="3" t="inlineStr"/>
+      <c r="L90" s="3" t="inlineStr"/>
+      <c r="M90" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N90" s="3" t="inlineStr"/>
+      <c r="O90" s="3" t="inlineStr"/>
+      <c r="P90" s="3" t="inlineStr"/>
+      <c r="Q90" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="R90" s="3" t="inlineStr"/>
+      <c r="S90" s="3" t="inlineStr"/>
+      <c r="T90" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U90" s="3" t="inlineStr"/>
+      <c r="V90" s="3" t="inlineStr"/>
+      <c r="W90" s="3" t="inlineStr"/>
+      <c r="X90" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="Y90" s="3" t="inlineStr"/>
+      <c r="Z90" s="3" t="inlineStr"/>
+      <c r="AA90" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB90" s="3" t="inlineStr"/>
+      <c r="AC90" s="3" t="inlineStr"/>
+      <c r="AD90" s="3" t="inlineStr"/>
+      <c r="AE90" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AF90" s="3" t="inlineStr"/>
+      <c r="AG90" s="3" t="inlineStr"/>
+      <c r="AH90" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI90" s="3" t="inlineStr"/>
+      <c r="AJ90" s="3" t="inlineStr"/>
+      <c r="AK90" s="3" t="inlineStr"/>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr">
+        <is>
+          <t>Abido B.</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Cardiologia</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F91" t="n">
+        <v>24</v>
+      </c>
+      <c r="G91" s="3" t="inlineStr"/>
+      <c r="H91" s="3" t="inlineStr"/>
+      <c r="I91" s="3" t="inlineStr"/>
+      <c r="J91" s="3" t="inlineStr"/>
+      <c r="K91" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L91" s="3" t="inlineStr"/>
+      <c r="M91" s="3" t="inlineStr"/>
+      <c r="N91" s="3" t="inlineStr"/>
+      <c r="O91" s="3" t="inlineStr"/>
+      <c r="P91" s="3" t="inlineStr"/>
+      <c r="Q91" s="3" t="inlineStr"/>
+      <c r="R91" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S91" s="3" t="inlineStr"/>
+      <c r="T91" s="3" t="inlineStr"/>
+      <c r="U91" s="3" t="inlineStr"/>
+      <c r="V91" s="3" t="inlineStr"/>
+      <c r="W91" s="3" t="inlineStr"/>
+      <c r="X91" s="3" t="inlineStr"/>
+      <c r="Y91" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z91" s="3" t="inlineStr"/>
+      <c r="AA91" s="3" t="inlineStr"/>
+      <c r="AB91" s="3" t="inlineStr"/>
+      <c r="AC91" s="3" t="inlineStr"/>
+      <c r="AD91" s="3" t="inlineStr"/>
+      <c r="AE91" s="3" t="inlineStr"/>
+      <c r="AF91" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG91" s="3" t="inlineStr"/>
+      <c r="AH91" s="3" t="inlineStr"/>
+      <c r="AI91" s="3" t="inlineStr"/>
+      <c r="AJ91" s="3" t="inlineStr"/>
+      <c r="AK91" s="3" t="inlineStr"/>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr">
+        <is>
+          <t>Alberto L.</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Cardiologia</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F92" t="n">
+        <v>120</v>
+      </c>
+      <c r="G92" s="3" t="inlineStr"/>
+      <c r="H92" s="3" t="inlineStr"/>
+      <c r="I92" s="3" t="inlineStr"/>
+      <c r="J92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K92" s="3" t="inlineStr"/>
+      <c r="L92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M92" s="3" t="inlineStr"/>
+      <c r="N92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O92" s="3" t="inlineStr"/>
+      <c r="P92" s="3" t="inlineStr"/>
+      <c r="Q92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R92" s="3" t="inlineStr"/>
+      <c r="S92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T92" s="3" t="inlineStr"/>
+      <c r="U92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V92" s="3" t="inlineStr"/>
+      <c r="W92" s="3" t="inlineStr"/>
+      <c r="X92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y92" s="3" t="inlineStr"/>
+      <c r="Z92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA92" s="3" t="inlineStr"/>
+      <c r="AB92" s="3" t="inlineStr"/>
+      <c r="AC92" s="3" t="inlineStr"/>
+      <c r="AD92" s="3" t="inlineStr"/>
+      <c r="AE92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF92" s="3" t="inlineStr"/>
+      <c r="AG92" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH92" s="3" t="inlineStr"/>
+      <c r="AI92" s="3" t="inlineStr"/>
+      <c r="AJ92" s="3" t="inlineStr"/>
+      <c r="AK92" s="3" t="inlineStr"/>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr">
+        <is>
+          <t>Andreia P.</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Cardiologia</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F93" t="n">
+        <v>16</v>
+      </c>
+      <c r="G93" s="3" t="inlineStr"/>
+      <c r="H93" s="3" t="inlineStr"/>
+      <c r="I93" s="3" t="inlineStr"/>
+      <c r="J93" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="K93" s="3" t="inlineStr"/>
+      <c r="L93" s="3" t="inlineStr"/>
+      <c r="M93" s="3" t="inlineStr"/>
+      <c r="N93" s="3" t="inlineStr"/>
+      <c r="O93" s="3" t="inlineStr"/>
+      <c r="P93" s="3" t="inlineStr"/>
+      <c r="Q93" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="R93" s="3" t="inlineStr"/>
+      <c r="S93" s="3" t="inlineStr"/>
+      <c r="T93" s="3" t="inlineStr"/>
+      <c r="U93" s="3" t="inlineStr"/>
+      <c r="V93" s="3" t="inlineStr"/>
+      <c r="W93" s="3" t="inlineStr"/>
+      <c r="X93" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Y93" s="3" t="inlineStr"/>
+      <c r="Z93" s="3" t="inlineStr"/>
+      <c r="AA93" s="3" t="inlineStr"/>
+      <c r="AB93" s="3" t="inlineStr"/>
+      <c r="AC93" s="3" t="inlineStr"/>
+      <c r="AD93" s="3" t="inlineStr"/>
+      <c r="AE93" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AF93" s="3" t="inlineStr"/>
+      <c r="AG93" s="3" t="inlineStr"/>
+      <c r="AH93" s="3" t="inlineStr"/>
+      <c r="AI93" s="3" t="inlineStr"/>
+      <c r="AJ93" s="3" t="inlineStr"/>
+      <c r="AK93" s="3" t="inlineStr"/>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr">
+        <is>
+          <t>Ciro J.</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Cardiologia</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F94" t="n">
+        <v>48</v>
+      </c>
+      <c r="G94" s="3" t="inlineStr"/>
+      <c r="H94" s="3" t="inlineStr"/>
+      <c r="I94" s="3" t="inlineStr"/>
+      <c r="J94" s="3" t="inlineStr"/>
+      <c r="K94" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="L94" s="3" t="inlineStr"/>
+      <c r="M94" s="3" t="inlineStr"/>
+      <c r="N94" s="3" t="inlineStr"/>
+      <c r="O94" s="3" t="inlineStr"/>
+      <c r="P94" s="3" t="inlineStr"/>
+      <c r="Q94" s="3" t="inlineStr"/>
+      <c r="R94" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="S94" s="3" t="inlineStr"/>
+      <c r="T94" s="3" t="inlineStr"/>
+      <c r="U94" s="3" t="inlineStr"/>
+      <c r="V94" s="3" t="inlineStr"/>
+      <c r="W94" s="3" t="inlineStr"/>
+      <c r="X94" s="3" t="inlineStr"/>
+      <c r="Y94" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="Z94" s="3" t="inlineStr"/>
+      <c r="AA94" s="3" t="inlineStr"/>
+      <c r="AB94" s="3" t="inlineStr"/>
+      <c r="AC94" s="3" t="inlineStr"/>
+      <c r="AD94" s="3" t="inlineStr"/>
+      <c r="AE94" s="3" t="inlineStr"/>
+      <c r="AF94" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AG94" s="3" t="inlineStr"/>
+      <c r="AH94" s="3" t="inlineStr"/>
+      <c r="AI94" s="3" t="inlineStr"/>
+      <c r="AJ94" s="3" t="inlineStr"/>
+      <c r="AK94" s="3" t="inlineStr"/>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr">
+        <is>
+          <t>Janaina L.</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Cardiologia</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F95" t="n">
+        <v>48</v>
+      </c>
+      <c r="G95" s="3" t="inlineStr"/>
+      <c r="H95" s="3" t="inlineStr"/>
+      <c r="I95" s="3" t="inlineStr"/>
+      <c r="J95" s="3" t="inlineStr"/>
+      <c r="K95" s="3" t="inlineStr"/>
+      <c r="L95" s="3" t="inlineStr"/>
+      <c r="M95" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="N95" s="3" t="inlineStr"/>
+      <c r="O95" s="3" t="inlineStr"/>
+      <c r="P95" s="3" t="inlineStr"/>
+      <c r="Q95" s="3" t="inlineStr"/>
+      <c r="R95" s="3" t="inlineStr"/>
+      <c r="S95" s="3" t="inlineStr"/>
+      <c r="T95" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="U95" s="3" t="inlineStr"/>
+      <c r="V95" s="3" t="inlineStr"/>
+      <c r="W95" s="3" t="inlineStr"/>
+      <c r="X95" s="3" t="inlineStr"/>
+      <c r="Y95" s="3" t="inlineStr"/>
+      <c r="Z95" s="3" t="inlineStr"/>
+      <c r="AA95" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AB95" s="3" t="inlineStr"/>
+      <c r="AC95" s="3" t="inlineStr"/>
+      <c r="AD95" s="3" t="inlineStr"/>
+      <c r="AE95" s="3" t="inlineStr"/>
+      <c r="AF95" s="3" t="inlineStr"/>
+      <c r="AG95" s="3" t="inlineStr"/>
+      <c r="AH95" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AI95" s="3" t="inlineStr"/>
+      <c r="AJ95" s="3" t="inlineStr"/>
+      <c r="AK95" s="3" t="inlineStr"/>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr">
+        <is>
+          <t>Larissa S.</t>
+        </is>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>Cardio - Pediatra</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F96" t="n">
+        <v>16</v>
+      </c>
+      <c r="G96" s="3" t="inlineStr"/>
+      <c r="H96" s="3" t="inlineStr"/>
+      <c r="I96" s="3" t="inlineStr"/>
+      <c r="J96" s="3" t="inlineStr"/>
+      <c r="K96" s="3" t="inlineStr"/>
+      <c r="L96" s="3" t="inlineStr"/>
+      <c r="M96" s="3" t="inlineStr"/>
+      <c r="N96" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="O96" s="3" t="inlineStr"/>
+      <c r="P96" s="3" t="inlineStr"/>
+      <c r="Q96" s="3" t="inlineStr"/>
+      <c r="R96" s="3" t="inlineStr"/>
+      <c r="S96" s="3" t="inlineStr"/>
+      <c r="T96" s="3" t="inlineStr"/>
+      <c r="U96" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="V96" s="3" t="inlineStr"/>
+      <c r="W96" s="3" t="inlineStr"/>
+      <c r="X96" s="3" t="inlineStr"/>
+      <c r="Y96" s="3" t="inlineStr"/>
+      <c r="Z96" s="3" t="inlineStr"/>
+      <c r="AA96" s="3" t="inlineStr"/>
+      <c r="AB96" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AC96" s="3" t="inlineStr"/>
+      <c r="AD96" s="3" t="inlineStr"/>
+      <c r="AE96" s="3" t="inlineStr"/>
+      <c r="AF96" s="3" t="inlineStr"/>
+      <c r="AG96" s="3" t="inlineStr"/>
+      <c r="AH96" s="3" t="inlineStr"/>
+      <c r="AI96" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AJ96" s="3" t="inlineStr"/>
+      <c r="AK96" s="3" t="inlineStr"/>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr">
+        <is>
+          <t>Ricardo R.</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Cardio - Pediatra</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F97" t="n">
+        <v>40</v>
+      </c>
+      <c r="G97" s="3" t="inlineStr"/>
+      <c r="H97" s="3" t="inlineStr"/>
+      <c r="I97" s="3" t="inlineStr"/>
+      <c r="J97" s="3" t="inlineStr"/>
+      <c r="K97" s="3" t="inlineStr"/>
+      <c r="L97" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="M97" s="3" t="inlineStr"/>
+      <c r="N97" s="3" t="inlineStr"/>
+      <c r="O97" s="3" t="inlineStr"/>
+      <c r="P97" s="3" t="inlineStr"/>
+      <c r="Q97" s="3" t="inlineStr"/>
+      <c r="R97" s="3" t="inlineStr"/>
+      <c r="S97" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="T97" s="3" t="inlineStr"/>
+      <c r="U97" s="3" t="inlineStr"/>
+      <c r="V97" s="3" t="inlineStr"/>
+      <c r="W97" s="3" t="inlineStr"/>
+      <c r="X97" s="3" t="inlineStr"/>
+      <c r="Y97" s="3" t="inlineStr"/>
+      <c r="Z97" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AA97" s="3" t="inlineStr"/>
+      <c r="AB97" s="3" t="inlineStr"/>
+      <c r="AC97" s="3" t="inlineStr"/>
+      <c r="AD97" s="3" t="inlineStr"/>
+      <c r="AE97" s="3" t="inlineStr"/>
+      <c r="AF97" s="3" t="inlineStr"/>
+      <c r="AG97" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AH97" s="3" t="inlineStr"/>
+      <c r="AI97" s="3" t="inlineStr"/>
+      <c r="AJ97" s="3" t="inlineStr"/>
+      <c r="AK97" s="3" t="inlineStr"/>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr">
+        <is>
+          <t>Francisco F.</t>
+        </is>
+      </c>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>Cirugia Plástica</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F98" t="n">
+        <v>24</v>
+      </c>
+      <c r="G98" s="3" t="inlineStr"/>
+      <c r="H98" s="3" t="inlineStr"/>
+      <c r="I98" s="3" t="inlineStr"/>
+      <c r="J98" s="3" t="inlineStr"/>
+      <c r="K98" s="3" t="inlineStr"/>
+      <c r="L98" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M98" s="3" t="inlineStr"/>
+      <c r="N98" s="3" t="inlineStr"/>
+      <c r="O98" s="3" t="inlineStr"/>
+      <c r="P98" s="3" t="inlineStr"/>
+      <c r="Q98" s="3" t="inlineStr"/>
+      <c r="R98" s="3" t="inlineStr"/>
+      <c r="S98" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T98" s="3" t="inlineStr"/>
+      <c r="U98" s="3" t="inlineStr"/>
+      <c r="V98" s="3" t="inlineStr"/>
+      <c r="W98" s="3" t="inlineStr"/>
+      <c r="X98" s="3" t="inlineStr"/>
+      <c r="Y98" s="3" t="inlineStr"/>
+      <c r="Z98" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA98" s="3" t="inlineStr"/>
+      <c r="AB98" s="3" t="inlineStr"/>
+      <c r="AC98" s="3" t="inlineStr"/>
+      <c r="AD98" s="3" t="inlineStr"/>
+      <c r="AE98" s="3" t="inlineStr"/>
+      <c r="AF98" s="3" t="inlineStr"/>
+      <c r="AG98" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH98" s="3" t="inlineStr"/>
+      <c r="AI98" s="3" t="inlineStr"/>
+      <c r="AJ98" s="3" t="inlineStr"/>
+      <c r="AK98" s="3" t="inlineStr"/>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr">
+        <is>
+          <t>Guido J.</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Cirugia Plástica</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F99" t="n">
+        <v>24</v>
+      </c>
+      <c r="G99" s="3" t="inlineStr"/>
+      <c r="H99" s="3" t="inlineStr"/>
+      <c r="I99" s="3" t="inlineStr"/>
+      <c r="J99" s="3" t="inlineStr"/>
+      <c r="K99" s="3" t="inlineStr"/>
+      <c r="L99" s="3" t="inlineStr"/>
+      <c r="M99" s="3" t="inlineStr"/>
+      <c r="N99" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O99" s="3" t="inlineStr"/>
+      <c r="P99" s="3" t="inlineStr"/>
+      <c r="Q99" s="3" t="inlineStr"/>
+      <c r="R99" s="3" t="inlineStr"/>
+      <c r="S99" s="3" t="inlineStr"/>
+      <c r="T99" s="3" t="inlineStr"/>
+      <c r="U99" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V99" s="3" t="inlineStr"/>
+      <c r="W99" s="3" t="inlineStr"/>
+      <c r="X99" s="3" t="inlineStr"/>
+      <c r="Y99" s="3" t="inlineStr"/>
+      <c r="Z99" s="3" t="inlineStr"/>
+      <c r="AA99" s="3" t="inlineStr"/>
+      <c r="AB99" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC99" s="3" t="inlineStr"/>
+      <c r="AD99" s="3" t="inlineStr"/>
+      <c r="AE99" s="3" t="inlineStr"/>
+      <c r="AF99" s="3" t="inlineStr"/>
+      <c r="AG99" s="3" t="inlineStr"/>
+      <c r="AH99" s="3" t="inlineStr"/>
+      <c r="AI99" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ99" s="3" t="inlineStr"/>
+      <c r="AK99" s="3" t="inlineStr"/>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr">
+        <is>
+          <t>Cely B.</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Cirurgia Aparelho Digestivo</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F100" t="n">
+        <v>24</v>
+      </c>
+      <c r="G100" s="3" t="inlineStr"/>
+      <c r="H100" s="3" t="inlineStr"/>
+      <c r="I100" s="3" t="inlineStr"/>
+      <c r="J100" s="3" t="inlineStr"/>
+      <c r="K100" s="3" t="inlineStr"/>
+      <c r="L100" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M100" s="3" t="inlineStr"/>
+      <c r="N100" s="3" t="inlineStr"/>
+      <c r="O100" s="3" t="inlineStr"/>
+      <c r="P100" s="3" t="inlineStr"/>
+      <c r="Q100" s="3" t="inlineStr"/>
+      <c r="R100" s="3" t="inlineStr"/>
+      <c r="S100" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T100" s="3" t="inlineStr"/>
+      <c r="U100" s="3" t="inlineStr"/>
+      <c r="V100" s="3" t="inlineStr"/>
+      <c r="W100" s="3" t="inlineStr"/>
+      <c r="X100" s="3" t="inlineStr"/>
+      <c r="Y100" s="3" t="inlineStr"/>
+      <c r="Z100" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA100" s="3" t="inlineStr"/>
+      <c r="AB100" s="3" t="inlineStr"/>
+      <c r="AC100" s="3" t="inlineStr"/>
+      <c r="AD100" s="3" t="inlineStr"/>
+      <c r="AE100" s="3" t="inlineStr"/>
+      <c r="AF100" s="3" t="inlineStr"/>
+      <c r="AG100" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH100" s="3" t="inlineStr"/>
+      <c r="AI100" s="3" t="inlineStr"/>
+      <c r="AJ100" s="3" t="inlineStr"/>
+      <c r="AK100" s="3" t="inlineStr"/>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr">
+        <is>
+          <t>Fabiano G.</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Cirurgia Buco - Maxilo</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F101" t="n">
+        <v>16</v>
+      </c>
+      <c r="G101" s="3" t="inlineStr"/>
+      <c r="H101" s="3" t="inlineStr"/>
+      <c r="I101" s="3" t="inlineStr"/>
+      <c r="J101" s="3" t="inlineStr"/>
+      <c r="K101" s="3" t="inlineStr"/>
+      <c r="L101" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="M101" s="3" t="inlineStr"/>
+      <c r="N101" s="3" t="inlineStr"/>
+      <c r="O101" s="3" t="inlineStr"/>
+      <c r="P101" s="3" t="inlineStr"/>
+      <c r="Q101" s="3" t="inlineStr"/>
+      <c r="R101" s="3" t="inlineStr"/>
+      <c r="S101" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="T101" s="3" t="inlineStr"/>
+      <c r="U101" s="3" t="inlineStr"/>
+      <c r="V101" s="3" t="inlineStr"/>
+      <c r="W101" s="3" t="inlineStr"/>
+      <c r="X101" s="3" t="inlineStr"/>
+      <c r="Y101" s="3" t="inlineStr"/>
+      <c r="Z101" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AA101" s="3" t="inlineStr"/>
+      <c r="AB101" s="3" t="inlineStr"/>
+      <c r="AC101" s="3" t="inlineStr"/>
+      <c r="AD101" s="3" t="inlineStr"/>
+      <c r="AE101" s="3" t="inlineStr"/>
+      <c r="AF101" s="3" t="inlineStr"/>
+      <c r="AG101" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AH101" s="3" t="inlineStr"/>
+      <c r="AI101" s="3" t="inlineStr"/>
+      <c r="AJ101" s="3" t="inlineStr"/>
+      <c r="AK101" s="3" t="inlineStr"/>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr">
+        <is>
+          <t>Pedro A.</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>Cirurgia Buco - Maxilo</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F102" t="n">
+        <v>24</v>
+      </c>
+      <c r="G102" s="3" t="inlineStr"/>
+      <c r="H102" s="3" t="inlineStr"/>
+      <c r="I102" s="3" t="inlineStr"/>
+      <c r="J102" s="3" t="inlineStr"/>
+      <c r="K102" s="3" t="inlineStr"/>
+      <c r="L102" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M102" s="3" t="inlineStr"/>
+      <c r="N102" s="3" t="inlineStr"/>
+      <c r="O102" s="3" t="inlineStr"/>
+      <c r="P102" s="3" t="inlineStr"/>
+      <c r="Q102" s="3" t="inlineStr"/>
+      <c r="R102" s="3" t="inlineStr"/>
+      <c r="S102" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T102" s="3" t="inlineStr"/>
+      <c r="U102" s="3" t="inlineStr"/>
+      <c r="V102" s="3" t="inlineStr"/>
+      <c r="W102" s="3" t="inlineStr"/>
+      <c r="X102" s="3" t="inlineStr"/>
+      <c r="Y102" s="3" t="inlineStr"/>
+      <c r="Z102" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA102" s="3" t="inlineStr"/>
+      <c r="AB102" s="3" t="inlineStr"/>
+      <c r="AC102" s="3" t="inlineStr"/>
+      <c r="AD102" s="3" t="inlineStr"/>
+      <c r="AE102" s="3" t="inlineStr"/>
+      <c r="AF102" s="3" t="inlineStr"/>
+      <c r="AG102" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH102" s="3" t="inlineStr"/>
+      <c r="AI102" s="3" t="inlineStr"/>
+      <c r="AJ102" s="3" t="inlineStr"/>
+      <c r="AK102" s="3" t="inlineStr"/>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr">
+        <is>
+          <t>Ana C.</t>
+        </is>
+      </c>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>Cirurgia Cabeça e Pescoço</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F103" t="n">
+        <v>24</v>
+      </c>
+      <c r="G103" s="3" t="inlineStr"/>
+      <c r="H103" s="3" t="inlineStr"/>
+      <c r="I103" s="3" t="inlineStr"/>
+      <c r="J103" s="3" t="inlineStr"/>
+      <c r="K103" s="3" t="inlineStr"/>
+      <c r="L103" s="3" t="inlineStr"/>
+      <c r="M103" s="3" t="inlineStr"/>
+      <c r="N103" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O103" s="3" t="inlineStr"/>
+      <c r="P103" s="3" t="inlineStr"/>
+      <c r="Q103" s="3" t="inlineStr"/>
+      <c r="R103" s="3" t="inlineStr"/>
+      <c r="S103" s="3" t="inlineStr"/>
+      <c r="T103" s="3" t="inlineStr"/>
+      <c r="U103" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V103" s="3" t="inlineStr"/>
+      <c r="W103" s="3" t="inlineStr"/>
+      <c r="X103" s="3" t="inlineStr"/>
+      <c r="Y103" s="3" t="inlineStr"/>
+      <c r="Z103" s="3" t="inlineStr"/>
+      <c r="AA103" s="3" t="inlineStr"/>
+      <c r="AB103" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC103" s="3" t="inlineStr"/>
+      <c r="AD103" s="3" t="inlineStr"/>
+      <c r="AE103" s="3" t="inlineStr"/>
+      <c r="AF103" s="3" t="inlineStr"/>
+      <c r="AG103" s="3" t="inlineStr"/>
+      <c r="AH103" s="3" t="inlineStr"/>
+      <c r="AI103" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ103" s="3" t="inlineStr"/>
+      <c r="AK103" s="3" t="inlineStr"/>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr">
+        <is>
+          <t>Mario S.</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Cirurgia Cabeça e Pescoço</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F104" t="n">
+        <v>20</v>
+      </c>
+      <c r="G104" s="3" t="inlineStr"/>
+      <c r="H104" s="3" t="inlineStr"/>
+      <c r="I104" s="3" t="inlineStr"/>
+      <c r="J104" s="3" t="inlineStr"/>
+      <c r="K104" s="3" t="inlineStr"/>
+      <c r="L104" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M104" s="3" t="inlineStr"/>
+      <c r="N104" s="3" t="inlineStr"/>
+      <c r="O104" s="3" t="inlineStr"/>
+      <c r="P104" s="3" t="inlineStr"/>
+      <c r="Q104" s="3" t="inlineStr"/>
+      <c r="R104" s="3" t="inlineStr"/>
+      <c r="S104" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="T104" s="3" t="inlineStr"/>
+      <c r="U104" s="3" t="inlineStr"/>
+      <c r="V104" s="3" t="inlineStr"/>
+      <c r="W104" s="3" t="inlineStr"/>
+      <c r="X104" s="3" t="inlineStr"/>
+      <c r="Y104" s="3" t="inlineStr"/>
+      <c r="Z104" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA104" s="3" t="inlineStr"/>
+      <c r="AB104" s="3" t="inlineStr"/>
+      <c r="AC104" s="3" t="inlineStr"/>
+      <c r="AD104" s="3" t="inlineStr"/>
+      <c r="AE104" s="3" t="inlineStr"/>
+      <c r="AF104" s="3" t="inlineStr"/>
+      <c r="AG104" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AH104" s="3" t="inlineStr"/>
+      <c r="AI104" s="3" t="inlineStr"/>
+      <c r="AJ104" s="3" t="inlineStr"/>
+      <c r="AK104" s="3" t="inlineStr"/>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr">
+        <is>
+          <t>Fernanda D.</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>Cirurgia Pediatrica</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F105" t="n">
+        <v>24</v>
+      </c>
+      <c r="G105" s="3" t="inlineStr"/>
+      <c r="H105" s="3" t="inlineStr"/>
+      <c r="I105" s="3" t="inlineStr"/>
+      <c r="J105" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K105" s="3" t="inlineStr"/>
+      <c r="L105" s="3" t="inlineStr"/>
+      <c r="M105" s="3" t="inlineStr"/>
+      <c r="N105" s="3" t="inlineStr"/>
+      <c r="O105" s="3" t="inlineStr"/>
+      <c r="P105" s="3" t="inlineStr"/>
+      <c r="Q105" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R105" s="3" t="inlineStr"/>
+      <c r="S105" s="3" t="inlineStr"/>
+      <c r="T105" s="3" t="inlineStr"/>
+      <c r="U105" s="3" t="inlineStr"/>
+      <c r="V105" s="3" t="inlineStr"/>
+      <c r="W105" s="3" t="inlineStr"/>
+      <c r="X105" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y105" s="3" t="inlineStr"/>
+      <c r="Z105" s="3" t="inlineStr"/>
+      <c r="AA105" s="3" t="inlineStr"/>
+      <c r="AB105" s="3" t="inlineStr"/>
+      <c r="AC105" s="3" t="inlineStr"/>
+      <c r="AD105" s="3" t="inlineStr"/>
+      <c r="AE105" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF105" s="3" t="inlineStr"/>
+      <c r="AG105" s="3" t="inlineStr"/>
+      <c r="AH105" s="3" t="inlineStr"/>
+      <c r="AI105" s="3" t="inlineStr"/>
+      <c r="AJ105" s="3" t="inlineStr"/>
+      <c r="AK105" s="3" t="inlineStr"/>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr">
+        <is>
+          <t>Jose F.</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Cirurgia Vascular</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F106" t="n">
+        <v>24</v>
+      </c>
+      <c r="G106" s="3" t="inlineStr"/>
+      <c r="H106" s="3" t="inlineStr"/>
+      <c r="I106" s="3" t="inlineStr"/>
+      <c r="J106" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K106" s="3" t="inlineStr"/>
+      <c r="L106" s="3" t="inlineStr"/>
+      <c r="M106" s="3" t="inlineStr"/>
+      <c r="N106" s="3" t="inlineStr"/>
+      <c r="O106" s="3" t="inlineStr"/>
+      <c r="P106" s="3" t="inlineStr"/>
+      <c r="Q106" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R106" s="3" t="inlineStr"/>
+      <c r="S106" s="3" t="inlineStr"/>
+      <c r="T106" s="3" t="inlineStr"/>
+      <c r="U106" s="3" t="inlineStr"/>
+      <c r="V106" s="3" t="inlineStr"/>
+      <c r="W106" s="3" t="inlineStr"/>
+      <c r="X106" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y106" s="3" t="inlineStr"/>
+      <c r="Z106" s="3" t="inlineStr"/>
+      <c r="AA106" s="3" t="inlineStr"/>
+      <c r="AB106" s="3" t="inlineStr"/>
+      <c r="AC106" s="3" t="inlineStr"/>
+      <c r="AD106" s="3" t="inlineStr"/>
+      <c r="AE106" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF106" s="3" t="inlineStr"/>
+      <c r="AG106" s="3" t="inlineStr"/>
+      <c r="AH106" s="3" t="inlineStr"/>
+      <c r="AI106" s="3" t="inlineStr"/>
+      <c r="AJ106" s="3" t="inlineStr"/>
+      <c r="AK106" s="3" t="inlineStr"/>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr">
+        <is>
+          <t>Thadeu M.</t>
+        </is>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Cirurgia Vascular</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F107" t="n">
+        <v>12</v>
+      </c>
+      <c r="G107" s="3" t="inlineStr"/>
+      <c r="H107" s="3" t="inlineStr"/>
+      <c r="I107" s="3" t="inlineStr"/>
+      <c r="J107" s="3" t="inlineStr"/>
+      <c r="K107" s="3" t="inlineStr"/>
+      <c r="L107" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M107" s="3" t="inlineStr"/>
+      <c r="N107" s="3" t="inlineStr"/>
+      <c r="O107" s="3" t="inlineStr"/>
+      <c r="P107" s="3" t="inlineStr"/>
+      <c r="Q107" s="3" t="inlineStr"/>
+      <c r="R107" s="3" t="inlineStr"/>
+      <c r="S107" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T107" s="3" t="inlineStr"/>
+      <c r="U107" s="3" t="inlineStr"/>
+      <c r="V107" s="3" t="inlineStr"/>
+      <c r="W107" s="3" t="inlineStr"/>
+      <c r="X107" s="3" t="inlineStr"/>
+      <c r="Y107" s="3" t="inlineStr"/>
+      <c r="Z107" s="3" t="inlineStr"/>
+      <c r="AA107" s="3" t="inlineStr"/>
+      <c r="AB107" s="3" t="inlineStr"/>
+      <c r="AC107" s="3" t="inlineStr"/>
+      <c r="AD107" s="3" t="inlineStr"/>
+      <c r="AE107" s="3" t="inlineStr"/>
+      <c r="AF107" s="3" t="inlineStr"/>
+      <c r="AG107" s="3" t="inlineStr"/>
+      <c r="AH107" s="3" t="inlineStr"/>
+      <c r="AI107" s="3" t="inlineStr"/>
+      <c r="AJ107" s="3" t="inlineStr"/>
+      <c r="AK107" s="3" t="inlineStr"/>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr">
+        <is>
+          <t>Dam M.</t>
+        </is>
+      </c>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>Proctologia</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>SAAE / Ambulatório</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F108" t="n">
+        <v>56</v>
+      </c>
+      <c r="G108" s="3" t="inlineStr"/>
+      <c r="H108" s="3" t="inlineStr"/>
+      <c r="I108" s="3" t="inlineStr"/>
+      <c r="J108" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="L108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="M108" s="3" t="inlineStr"/>
+      <c r="N108" s="3" t="inlineStr"/>
+      <c r="O108" s="3" t="inlineStr"/>
+      <c r="P108" s="3" t="inlineStr"/>
+      <c r="Q108" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="S108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="T108" s="3" t="inlineStr"/>
+      <c r="U108" s="3" t="inlineStr"/>
+      <c r="V108" s="3" t="inlineStr"/>
+      <c r="W108" s="3" t="inlineStr"/>
+      <c r="X108" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Z108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AA108" s="3" t="inlineStr"/>
+      <c r="AB108" s="3" t="inlineStr"/>
+      <c r="AC108" s="3" t="inlineStr"/>
+      <c r="AD108" s="3" t="inlineStr"/>
+      <c r="AE108" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AG108" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AH108" s="3" t="inlineStr"/>
+      <c r="AI108" s="3" t="inlineStr"/>
+      <c r="AJ108" s="3" t="inlineStr"/>
+      <c r="AK108" s="3" t="inlineStr"/>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr">
+        <is>
+          <t>Larissa S.</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Ecocardiograma Pediatrico</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F109" t="n">
+        <v>80</v>
+      </c>
+      <c r="G109" s="3" t="inlineStr"/>
+      <c r="H109" s="3" t="inlineStr"/>
+      <c r="I109" s="3" t="inlineStr"/>
+      <c r="J109" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K109" s="3" t="inlineStr"/>
+      <c r="L109" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="M109" s="3" t="inlineStr"/>
+      <c r="N109" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="O109" s="3" t="inlineStr"/>
+      <c r="P109" s="3" t="inlineStr"/>
+      <c r="Q109" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R109" s="3" t="inlineStr"/>
+      <c r="S109" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="T109" s="3" t="inlineStr"/>
+      <c r="U109" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="V109" s="3" t="inlineStr"/>
+      <c r="W109" s="3" t="inlineStr"/>
+      <c r="X109" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y109" s="3" t="inlineStr"/>
+      <c r="Z109" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AA109" s="3" t="inlineStr"/>
+      <c r="AB109" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AC109" s="3" t="inlineStr"/>
+      <c r="AD109" s="3" t="inlineStr"/>
+      <c r="AE109" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF109" s="3" t="inlineStr"/>
+      <c r="AG109" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AH109" s="3" t="inlineStr"/>
+      <c r="AI109" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AJ109" s="3" t="inlineStr"/>
+      <c r="AK109" s="3" t="inlineStr"/>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr">
+        <is>
+          <t>Melissa R.</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Ecocardiograma Pediatrico</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F110" t="n">
+        <v>80</v>
+      </c>
+      <c r="G110" s="3" t="inlineStr"/>
+      <c r="H110" s="3" t="inlineStr"/>
+      <c r="I110" s="3" t="inlineStr"/>
+      <c r="J110" s="3" t="inlineStr"/>
+      <c r="K110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="L110" s="3" t="inlineStr"/>
+      <c r="M110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="N110" s="3" t="inlineStr"/>
+      <c r="O110" s="3" t="inlineStr"/>
+      <c r="P110" s="3" t="inlineStr"/>
+      <c r="Q110" s="3" t="inlineStr"/>
+      <c r="R110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="S110" s="3" t="inlineStr"/>
+      <c r="T110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="U110" s="3" t="inlineStr"/>
+      <c r="V110" s="3" t="inlineStr"/>
+      <c r="W110" s="3" t="inlineStr"/>
+      <c r="X110" s="3" t="inlineStr"/>
+      <c r="Y110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="Z110" s="3" t="inlineStr"/>
+      <c r="AA110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AB110" s="3" t="inlineStr"/>
+      <c r="AC110" s="3" t="inlineStr"/>
+      <c r="AD110" s="3" t="inlineStr"/>
+      <c r="AE110" s="3" t="inlineStr"/>
+      <c r="AF110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AG110" s="3" t="inlineStr"/>
+      <c r="AH110" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AI110" s="3" t="inlineStr"/>
+      <c r="AJ110" s="3" t="inlineStr"/>
+      <c r="AK110" s="3" t="inlineStr"/>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr">
+        <is>
+          <t>Ricardo R.</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Ecocardiograma Pediatrico</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F111" t="n">
+        <v>80</v>
+      </c>
+      <c r="G111" s="3" t="inlineStr"/>
+      <c r="H111" s="3" t="inlineStr"/>
+      <c r="I111" s="3" t="inlineStr"/>
+      <c r="J111" s="3" t="inlineStr"/>
+      <c r="K111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="L111" s="3" t="inlineStr"/>
+      <c r="M111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="N111" s="3" t="inlineStr"/>
+      <c r="O111" s="3" t="inlineStr"/>
+      <c r="P111" s="3" t="inlineStr"/>
+      <c r="Q111" s="3" t="inlineStr"/>
+      <c r="R111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="S111" s="3" t="inlineStr"/>
+      <c r="T111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="U111" s="3" t="inlineStr"/>
+      <c r="V111" s="3" t="inlineStr"/>
+      <c r="W111" s="3" t="inlineStr"/>
+      <c r="X111" s="3" t="inlineStr"/>
+      <c r="Y111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="Z111" s="3" t="inlineStr"/>
+      <c r="AA111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AB111" s="3" t="inlineStr"/>
+      <c r="AC111" s="3" t="inlineStr"/>
+      <c r="AD111" s="3" t="inlineStr"/>
+      <c r="AE111" s="3" t="inlineStr"/>
+      <c r="AF111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AG111" s="3" t="inlineStr"/>
+      <c r="AH111" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AI111" s="3" t="inlineStr"/>
+      <c r="AJ111" s="3" t="inlineStr"/>
+      <c r="AK111" s="3" t="inlineStr"/>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr">
+        <is>
+          <t>Denise C.</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Eletroencefalograma</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F112" t="n">
+        <v>6</v>
+      </c>
+      <c r="G112" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H112" s="3" t="inlineStr"/>
+      <c r="I112" s="3" t="inlineStr"/>
+      <c r="J112" s="3" t="inlineStr"/>
+      <c r="K112" s="3" t="inlineStr"/>
+      <c r="L112" s="3" t="inlineStr"/>
+      <c r="M112" s="3" t="inlineStr"/>
+      <c r="N112" s="3" t="inlineStr"/>
+      <c r="O112" s="3" t="inlineStr"/>
+      <c r="P112" s="3" t="inlineStr"/>
+      <c r="Q112" s="3" t="inlineStr"/>
+      <c r="R112" s="3" t="inlineStr"/>
+      <c r="S112" s="3" t="inlineStr"/>
+      <c r="T112" s="3" t="inlineStr"/>
+      <c r="U112" s="3" t="inlineStr"/>
+      <c r="V112" s="3" t="inlineStr"/>
+      <c r="W112" s="3" t="inlineStr"/>
+      <c r="X112" s="3" t="inlineStr"/>
+      <c r="Y112" s="3" t="inlineStr"/>
+      <c r="Z112" s="3" t="inlineStr"/>
+      <c r="AA112" s="3" t="inlineStr"/>
+      <c r="AB112" s="3" t="inlineStr"/>
+      <c r="AC112" s="3" t="inlineStr"/>
+      <c r="AD112" s="3" t="inlineStr"/>
+      <c r="AE112" s="3" t="inlineStr"/>
+      <c r="AF112" s="3" t="inlineStr"/>
+      <c r="AG112" s="3" t="inlineStr"/>
+      <c r="AH112" s="3" t="inlineStr"/>
+      <c r="AI112" s="3" t="inlineStr"/>
+      <c r="AJ112" s="3" t="inlineStr"/>
+      <c r="AK112" s="3" t="inlineStr"/>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr">
+        <is>
+          <t>Sinnara L.</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Endoscopia Pediatrica</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F113" t="n">
+        <v>24</v>
+      </c>
+      <c r="G113" s="3" t="inlineStr"/>
+      <c r="H113" s="3" t="inlineStr"/>
+      <c r="I113" s="3" t="inlineStr"/>
+      <c r="J113" s="3" t="inlineStr"/>
+      <c r="K113" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L113" s="3" t="inlineStr"/>
+      <c r="M113" s="3" t="inlineStr"/>
+      <c r="N113" s="3" t="inlineStr"/>
+      <c r="O113" s="3" t="inlineStr"/>
+      <c r="P113" s="3" t="inlineStr"/>
+      <c r="Q113" s="3" t="inlineStr"/>
+      <c r="R113" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S113" s="3" t="inlineStr"/>
+      <c r="T113" s="3" t="inlineStr"/>
+      <c r="U113" s="3" t="inlineStr"/>
+      <c r="V113" s="3" t="inlineStr"/>
+      <c r="W113" s="3" t="inlineStr"/>
+      <c r="X113" s="3" t="inlineStr"/>
+      <c r="Y113" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z113" s="3" t="inlineStr"/>
+      <c r="AA113" s="3" t="inlineStr"/>
+      <c r="AB113" s="3" t="inlineStr"/>
+      <c r="AC113" s="3" t="inlineStr"/>
+      <c r="AD113" s="3" t="inlineStr"/>
+      <c r="AE113" s="3" t="inlineStr"/>
+      <c r="AF113" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG113" s="3" t="inlineStr"/>
+      <c r="AH113" s="3" t="inlineStr"/>
+      <c r="AI113" s="3" t="inlineStr"/>
+      <c r="AJ113" s="3" t="inlineStr"/>
+      <c r="AK113" s="3" t="inlineStr"/>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr">
+        <is>
+          <t>Rodrigo M.</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>USG Doppler</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>SADT / Médicos</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F114" t="n">
+        <v>16</v>
+      </c>
+      <c r="G114" s="3" t="inlineStr"/>
+      <c r="H114" s="3" t="inlineStr"/>
+      <c r="I114" s="3" t="inlineStr"/>
+      <c r="J114" s="3" t="inlineStr"/>
+      <c r="K114" s="3" t="inlineStr"/>
+      <c r="L114" s="3" t="inlineStr"/>
+      <c r="M114" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="N114" s="3" t="inlineStr"/>
+      <c r="O114" s="3" t="inlineStr"/>
+      <c r="P114" s="3" t="inlineStr"/>
+      <c r="Q114" s="3" t="inlineStr"/>
+      <c r="R114" s="3" t="inlineStr"/>
+      <c r="S114" s="3" t="inlineStr"/>
+      <c r="T114" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="U114" s="3" t="inlineStr"/>
+      <c r="V114" s="3" t="inlineStr"/>
+      <c r="W114" s="3" t="inlineStr"/>
+      <c r="X114" s="3" t="inlineStr"/>
+      <c r="Y114" s="3" t="inlineStr"/>
+      <c r="Z114" s="3" t="inlineStr"/>
+      <c r="AA114" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AB114" s="3" t="inlineStr"/>
+      <c r="AC114" s="3" t="inlineStr"/>
+      <c r="AD114" s="3" t="inlineStr"/>
+      <c r="AE114" s="3" t="inlineStr"/>
+      <c r="AF114" s="3" t="inlineStr"/>
+      <c r="AG114" s="3" t="inlineStr"/>
+      <c r="AH114" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AI114" s="3" t="inlineStr"/>
+      <c r="AJ114" s="3" t="inlineStr"/>
+      <c r="AK114" s="3" t="inlineStr"/>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr">
+        <is>
+          <t>Andressa A.</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>Serviço de Nefrologia</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F115" t="n">
+        <v>6</v>
+      </c>
+      <c r="G115" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H115" s="3" t="inlineStr"/>
+      <c r="I115" s="3" t="inlineStr"/>
+      <c r="J115" s="3" t="inlineStr"/>
+      <c r="K115" s="3" t="inlineStr"/>
+      <c r="L115" s="3" t="inlineStr"/>
+      <c r="M115" s="3" t="inlineStr"/>
+      <c r="N115" s="3" t="inlineStr"/>
+      <c r="O115" s="3" t="inlineStr"/>
+      <c r="P115" s="3" t="inlineStr"/>
+      <c r="Q115" s="3" t="inlineStr"/>
+      <c r="R115" s="3" t="inlineStr"/>
+      <c r="S115" s="3" t="inlineStr"/>
+      <c r="T115" s="3" t="inlineStr"/>
+      <c r="U115" s="3" t="inlineStr"/>
+      <c r="V115" s="3" t="inlineStr"/>
+      <c r="W115" s="3" t="inlineStr"/>
+      <c r="X115" s="3" t="inlineStr"/>
+      <c r="Y115" s="3" t="inlineStr"/>
+      <c r="Z115" s="3" t="inlineStr"/>
+      <c r="AA115" s="3" t="inlineStr"/>
+      <c r="AB115" s="3" t="inlineStr"/>
+      <c r="AC115" s="3" t="inlineStr"/>
+      <c r="AD115" s="3" t="inlineStr"/>
+      <c r="AE115" s="3" t="inlineStr"/>
+      <c r="AF115" s="3" t="inlineStr"/>
+      <c r="AG115" s="3" t="inlineStr"/>
+      <c r="AH115" s="3" t="inlineStr"/>
+      <c r="AI115" s="3" t="inlineStr"/>
+      <c r="AJ115" s="3" t="inlineStr"/>
+      <c r="AK115" s="3" t="inlineStr"/>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr">
+        <is>
+          <t>Francisco F.</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>Açougueiro</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>Serviço de Nutrição e Dietética SND</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F116" t="n">
+        <v>24</v>
+      </c>
+      <c r="G116" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H116" s="3" t="inlineStr"/>
+      <c r="I116" s="3" t="inlineStr"/>
+      <c r="J116" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K116" s="3" t="inlineStr"/>
+      <c r="L116" s="3" t="inlineStr"/>
+      <c r="M116" s="3" t="inlineStr"/>
+      <c r="N116" s="3" t="inlineStr"/>
+      <c r="O116" s="3" t="inlineStr"/>
+      <c r="P116" s="3" t="inlineStr"/>
+      <c r="Q116" s="3" t="inlineStr"/>
+      <c r="R116" s="3" t="inlineStr"/>
+      <c r="S116" s="3" t="inlineStr"/>
+      <c r="T116" s="3" t="inlineStr"/>
+      <c r="U116" s="3" t="inlineStr"/>
+      <c r="V116" s="3" t="inlineStr"/>
+      <c r="W116" s="3" t="inlineStr"/>
+      <c r="X116" s="3" t="inlineStr"/>
+      <c r="Y116" s="3" t="inlineStr"/>
+      <c r="Z116" s="3" t="inlineStr"/>
+      <c r="AA116" s="3" t="inlineStr"/>
+      <c r="AB116" s="3" t="inlineStr"/>
+      <c r="AC116" s="3" t="inlineStr"/>
+      <c r="AD116" s="3" t="inlineStr"/>
+      <c r="AE116" s="3" t="inlineStr"/>
+      <c r="AF116" s="3" t="inlineStr"/>
+      <c r="AG116" s="3" t="inlineStr"/>
+      <c r="AH116" s="3" t="inlineStr"/>
+      <c r="AI116" s="3" t="inlineStr"/>
+      <c r="AJ116" s="3" t="inlineStr"/>
+      <c r="AK116" s="3" t="inlineStr"/>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr">
+        <is>
+          <t>Angelica R.</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F117" t="n">
+        <v>48</v>
+      </c>
+      <c r="G117" s="3" t="inlineStr"/>
+      <c r="H117" s="3" t="inlineStr"/>
+      <c r="I117" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J117" s="3" t="inlineStr"/>
+      <c r="K117" s="3" t="inlineStr"/>
+      <c r="L117" s="3" t="inlineStr"/>
+      <c r="M117" s="3" t="inlineStr"/>
+      <c r="N117" s="3" t="inlineStr"/>
+      <c r="O117" s="3" t="inlineStr"/>
+      <c r="P117" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q117" s="3" t="inlineStr"/>
+      <c r="R117" s="3" t="inlineStr"/>
+      <c r="S117" s="3" t="inlineStr"/>
+      <c r="T117" s="3" t="inlineStr"/>
+      <c r="U117" s="3" t="inlineStr"/>
+      <c r="V117" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W117" s="3" t="inlineStr"/>
+      <c r="X117" s="3" t="inlineStr"/>
+      <c r="Y117" s="3" t="inlineStr"/>
+      <c r="Z117" s="3" t="inlineStr"/>
+      <c r="AA117" s="3" t="inlineStr"/>
+      <c r="AB117" s="3" t="inlineStr"/>
+      <c r="AC117" s="3" t="inlineStr"/>
+      <c r="AD117" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE117" s="3" t="inlineStr"/>
+      <c r="AF117" s="3" t="inlineStr"/>
+      <c r="AG117" s="3" t="inlineStr"/>
+      <c r="AH117" s="3" t="inlineStr"/>
+      <c r="AI117" s="3" t="inlineStr"/>
+      <c r="AJ117" s="3" t="inlineStr"/>
+      <c r="AK117" s="3" t="inlineStr"/>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr">
+        <is>
+          <t>Chrystiane M.</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F118" t="n">
+        <v>162</v>
+      </c>
+      <c r="G118" s="3" t="inlineStr"/>
+      <c r="H118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I118" s="3" t="inlineStr"/>
+      <c r="J118" s="3" t="inlineStr"/>
+      <c r="K118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L118" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M118" s="3" t="inlineStr"/>
+      <c r="N118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O118" s="3" t="inlineStr"/>
+      <c r="P118" s="3" t="inlineStr"/>
+      <c r="Q118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R118" s="3" t="inlineStr"/>
+      <c r="S118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U118" s="3" t="inlineStr"/>
+      <c r="V118" s="3" t="inlineStr"/>
+      <c r="W118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X118" s="3" t="inlineStr"/>
+      <c r="Y118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA118" s="3" t="inlineStr"/>
+      <c r="AB118" s="3" t="inlineStr"/>
+      <c r="AC118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD118" s="3" t="inlineStr"/>
+      <c r="AE118" s="3" t="inlineStr"/>
+      <c r="AF118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH118" s="3" t="inlineStr"/>
+      <c r="AI118" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ118" s="3" t="inlineStr"/>
+      <c r="AK118" s="3" t="inlineStr"/>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr">
+        <is>
+          <t>Diemes L.</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F119" t="n">
+        <v>84</v>
+      </c>
+      <c r="G119" s="3" t="inlineStr"/>
+      <c r="H119" s="3" t="inlineStr"/>
+      <c r="I119" s="3" t="inlineStr"/>
+      <c r="J119" s="3" t="inlineStr"/>
+      <c r="K119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L119" s="3" t="inlineStr"/>
+      <c r="M119" s="3" t="inlineStr"/>
+      <c r="N119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O119" s="3" t="inlineStr"/>
+      <c r="P119" s="3" t="inlineStr"/>
+      <c r="Q119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R119" s="3" t="inlineStr"/>
+      <c r="S119" s="3" t="inlineStr"/>
+      <c r="T119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U119" s="3" t="inlineStr"/>
+      <c r="V119" s="3" t="inlineStr"/>
+      <c r="W119" s="3" t="inlineStr"/>
+      <c r="X119" s="3" t="inlineStr"/>
+      <c r="Y119" s="3" t="inlineStr"/>
+      <c r="Z119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA119" s="3" t="inlineStr"/>
+      <c r="AB119" s="3" t="inlineStr"/>
+      <c r="AC119" s="3" t="inlineStr"/>
+      <c r="AD119" s="3" t="inlineStr"/>
+      <c r="AE119" s="3" t="inlineStr"/>
+      <c r="AF119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG119" s="3" t="inlineStr"/>
+      <c r="AH119" s="3" t="inlineStr"/>
+      <c r="AI119" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ119" s="3" t="inlineStr"/>
+      <c r="AK119" s="3" t="inlineStr"/>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr">
+        <is>
+          <t>Dilermano F.</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - FUNDHACRE</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F120" t="n">
+        <v>120</v>
+      </c>
+      <c r="G120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H120" s="3" t="inlineStr"/>
+      <c r="I120" s="3" t="inlineStr"/>
+      <c r="J120" s="3" t="inlineStr"/>
+      <c r="K120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L120" s="3" t="inlineStr"/>
+      <c r="M120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N120" s="3" t="inlineStr"/>
+      <c r="O120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P120" s="3" t="inlineStr"/>
+      <c r="Q120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R120" s="3" t="inlineStr"/>
+      <c r="S120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T120" s="3" t="inlineStr"/>
+      <c r="U120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V120" s="3" t="inlineStr"/>
+      <c r="W120" s="3" t="inlineStr"/>
+      <c r="X120" s="3" t="inlineStr"/>
+      <c r="Y120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z120" s="3" t="inlineStr"/>
+      <c r="AA120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AB120" s="3" t="inlineStr"/>
+      <c r="AC120" s="3" t="inlineStr"/>
+      <c r="AD120" s="3" t="inlineStr"/>
+      <c r="AE120" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF120" s="3" t="inlineStr"/>
+      <c r="AG120" s="3" t="inlineStr"/>
+      <c r="AH120" s="3" t="inlineStr"/>
+      <c r="AI120" s="3" t="inlineStr"/>
+      <c r="AJ120" s="3" t="inlineStr"/>
+      <c r="AK120" s="3" t="inlineStr"/>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr">
+        <is>
+          <t>Erasmo S.</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Nível Médio</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>Almoxarifado</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F121" t="n">
+        <v>96</v>
+      </c>
+      <c r="G121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H121" s="3" t="inlineStr"/>
+      <c r="I121" s="3" t="inlineStr"/>
+      <c r="J121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O121" s="3" t="inlineStr"/>
+      <c r="P121" s="3" t="inlineStr"/>
+      <c r="Q121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V121" s="3" t="inlineStr"/>
+      <c r="W121" s="3" t="inlineStr"/>
+      <c r="X121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB121" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC121" s="3" t="inlineStr"/>
+      <c r="AD121" s="3" t="inlineStr"/>
+      <c r="AE121" s="3" t="inlineStr"/>
+      <c r="AF121" s="3" t="inlineStr"/>
+      <c r="AG121" s="3" t="inlineStr"/>
+      <c r="AH121" s="3" t="inlineStr"/>
+      <c r="AI121" s="3" t="inlineStr"/>
+      <c r="AJ121" s="3" t="inlineStr"/>
+      <c r="AK121" s="3" t="inlineStr"/>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr">
+        <is>
+          <t>Athos B.</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Acupuntura</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F122" t="n">
+        <v>40</v>
+      </c>
+      <c r="G122" s="3" t="inlineStr"/>
+      <c r="H122" s="3" t="inlineStr"/>
+      <c r="I122" s="3" t="inlineStr"/>
+      <c r="J122" s="3" t="inlineStr"/>
+      <c r="K122" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="L122" s="3" t="inlineStr"/>
+      <c r="M122" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N122" s="3" t="inlineStr"/>
+      <c r="O122" s="3" t="inlineStr"/>
+      <c r="P122" s="3" t="inlineStr"/>
+      <c r="Q122" s="3" t="inlineStr"/>
+      <c r="R122" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="S122" s="3" t="inlineStr"/>
+      <c r="T122" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U122" s="3" t="inlineStr"/>
+      <c r="V122" s="3" t="inlineStr"/>
+      <c r="W122" s="3" t="inlineStr"/>
+      <c r="X122" s="3" t="inlineStr"/>
+      <c r="Y122" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Z122" s="3" t="inlineStr"/>
+      <c r="AA122" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB122" s="3" t="inlineStr"/>
+      <c r="AC122" s="3" t="inlineStr"/>
+      <c r="AD122" s="3" t="inlineStr"/>
+      <c r="AE122" s="3" t="inlineStr"/>
+      <c r="AF122" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AG122" s="3" t="inlineStr"/>
+      <c r="AH122" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI122" s="3" t="inlineStr"/>
+      <c r="AJ122" s="3" t="inlineStr"/>
+      <c r="AK122" s="3" t="inlineStr"/>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr">
+        <is>
+          <t>Mario S.</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Cirurgia Cabeça e Pescoço</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F123" t="n">
+        <v>54</v>
+      </c>
+      <c r="G123" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H123" s="3" t="inlineStr"/>
+      <c r="I123" s="3" t="inlineStr"/>
+      <c r="J123" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K123" s="3" t="inlineStr"/>
+      <c r="L123" s="3" t="inlineStr"/>
+      <c r="M123" s="3" t="inlineStr"/>
+      <c r="N123" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O123" s="3" t="inlineStr"/>
+      <c r="P123" s="3" t="inlineStr"/>
+      <c r="Q123" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R123" s="3" t="inlineStr"/>
+      <c r="S123" s="3" t="inlineStr"/>
+      <c r="T123" s="3" t="inlineStr"/>
+      <c r="U123" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V123" s="3" t="inlineStr"/>
+      <c r="W123" s="3" t="inlineStr"/>
+      <c r="X123" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y123" s="3" t="inlineStr"/>
+      <c r="Z123" s="3" t="inlineStr"/>
+      <c r="AA123" s="3" t="inlineStr"/>
+      <c r="AB123" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC123" s="3" t="inlineStr"/>
+      <c r="AD123" s="3" t="inlineStr"/>
+      <c r="AE123" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF123" s="3" t="inlineStr"/>
+      <c r="AG123" s="3" t="inlineStr"/>
+      <c r="AH123" s="3" t="inlineStr"/>
+      <c r="AI123" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ123" s="3" t="inlineStr"/>
+      <c r="AK123" s="3" t="inlineStr"/>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr">
+        <is>
+          <t>Allan Q.</t>
+        </is>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Cirurgia Plástica</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F124" t="n">
+        <v>48</v>
+      </c>
+      <c r="G124" s="3" t="inlineStr"/>
+      <c r="H124" s="3" t="inlineStr"/>
+      <c r="I124" s="3" t="inlineStr"/>
+      <c r="J124" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K124" s="3" t="inlineStr"/>
+      <c r="L124" s="3" t="inlineStr"/>
+      <c r="M124" s="3" t="inlineStr"/>
+      <c r="N124" s="3" t="inlineStr"/>
+      <c r="O124" s="3" t="inlineStr"/>
+      <c r="P124" s="3" t="inlineStr"/>
+      <c r="Q124" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R124" s="3" t="inlineStr"/>
+      <c r="S124" s="3" t="inlineStr"/>
+      <c r="T124" s="3" t="inlineStr"/>
+      <c r="U124" s="3" t="inlineStr"/>
+      <c r="V124" s="3" t="inlineStr"/>
+      <c r="W124" s="3" t="inlineStr"/>
+      <c r="X124" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y124" s="3" t="inlineStr"/>
+      <c r="Z124" s="3" t="inlineStr"/>
+      <c r="AA124" s="3" t="inlineStr"/>
+      <c r="AB124" s="3" t="inlineStr"/>
+      <c r="AC124" s="3" t="inlineStr"/>
+      <c r="AD124" s="3" t="inlineStr"/>
+      <c r="AE124" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF124" s="3" t="inlineStr"/>
+      <c r="AG124" s="3" t="inlineStr"/>
+      <c r="AH124" s="3" t="inlineStr"/>
+      <c r="AI124" s="3" t="inlineStr"/>
+      <c r="AJ124" s="3" t="inlineStr"/>
+      <c r="AK124" s="3" t="inlineStr"/>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr">
+        <is>
+          <t>Jauane M.</t>
+        </is>
+      </c>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>Ginecologia</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F125" t="n">
+        <v>40</v>
+      </c>
+      <c r="G125" s="3" t="inlineStr"/>
+      <c r="H125" s="3" t="inlineStr"/>
+      <c r="I125" s="3" t="inlineStr"/>
+      <c r="J125" s="3" t="inlineStr"/>
+      <c r="K125" s="3" t="inlineStr"/>
+      <c r="L125" s="3" t="inlineStr">
+        <is>
+          <t>T6/M4</t>
+        </is>
+      </c>
+      <c r="M125" s="3" t="inlineStr"/>
+      <c r="N125" s="3" t="inlineStr"/>
+      <c r="O125" s="3" t="inlineStr"/>
+      <c r="P125" s="3" t="inlineStr"/>
+      <c r="Q125" s="3" t="inlineStr"/>
+      <c r="R125" s="3" t="inlineStr"/>
+      <c r="S125" s="3" t="inlineStr">
+        <is>
+          <t>T6/M4</t>
+        </is>
+      </c>
+      <c r="T125" s="3" t="inlineStr"/>
+      <c r="U125" s="3" t="inlineStr"/>
+      <c r="V125" s="3" t="inlineStr"/>
+      <c r="W125" s="3" t="inlineStr"/>
+      <c r="X125" s="3" t="inlineStr"/>
+      <c r="Y125" s="3" t="inlineStr"/>
+      <c r="Z125" s="3" t="inlineStr">
+        <is>
+          <t>T6/M4</t>
+        </is>
+      </c>
+      <c r="AA125" s="3" t="inlineStr"/>
+      <c r="AB125" s="3" t="inlineStr"/>
+      <c r="AC125" s="3" t="inlineStr"/>
+      <c r="AD125" s="3" t="inlineStr"/>
+      <c r="AE125" s="3" t="inlineStr"/>
+      <c r="AF125" s="3" t="inlineStr"/>
+      <c r="AG125" s="3" t="inlineStr">
+        <is>
+          <t>T6/M4</t>
+        </is>
+      </c>
+      <c r="AH125" s="3" t="inlineStr"/>
+      <c r="AI125" s="3" t="inlineStr"/>
+      <c r="AJ125" s="3" t="inlineStr"/>
+      <c r="AK125" s="3" t="inlineStr"/>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr">
+        <is>
+          <t>Samara S.</t>
+        </is>
+      </c>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>Ginecologia</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F126" t="n">
+        <v>24</v>
+      </c>
+      <c r="G126" s="3" t="inlineStr"/>
+      <c r="H126" s="3" t="inlineStr"/>
+      <c r="I126" s="3" t="inlineStr"/>
+      <c r="J126" s="3" t="inlineStr"/>
+      <c r="K126" s="3" t="inlineStr"/>
+      <c r="L126" s="3" t="inlineStr"/>
+      <c r="M126" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N126" s="3" t="inlineStr"/>
+      <c r="O126" s="3" t="inlineStr"/>
+      <c r="P126" s="3" t="inlineStr"/>
+      <c r="Q126" s="3" t="inlineStr"/>
+      <c r="R126" s="3" t="inlineStr"/>
+      <c r="S126" s="3" t="inlineStr"/>
+      <c r="T126" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U126" s="3" t="inlineStr"/>
+      <c r="V126" s="3" t="inlineStr"/>
+      <c r="W126" s="3" t="inlineStr"/>
+      <c r="X126" s="3" t="inlineStr"/>
+      <c r="Y126" s="3" t="inlineStr"/>
+      <c r="Z126" s="3" t="inlineStr"/>
+      <c r="AA126" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB126" s="3" t="inlineStr"/>
+      <c r="AC126" s="3" t="inlineStr"/>
+      <c r="AD126" s="3" t="inlineStr"/>
+      <c r="AE126" s="3" t="inlineStr"/>
+      <c r="AF126" s="3" t="inlineStr"/>
+      <c r="AG126" s="3" t="inlineStr"/>
+      <c r="AH126" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI126" s="3" t="inlineStr"/>
+      <c r="AJ126" s="3" t="inlineStr"/>
+      <c r="AK126" s="3" t="inlineStr"/>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr">
+        <is>
+          <t>Aloysio C.</t>
+        </is>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>Médico Gastroenterologia</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>24</v>
+      </c>
+      <c r="G127" s="3" t="inlineStr"/>
+      <c r="H127" s="3" t="inlineStr"/>
+      <c r="I127" s="3" t="inlineStr"/>
+      <c r="J127" s="3" t="inlineStr"/>
+      <c r="K127" s="3" t="inlineStr"/>
+      <c r="L127" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M127" s="3" t="inlineStr"/>
+      <c r="N127" s="3" t="inlineStr"/>
+      <c r="O127" s="3" t="inlineStr"/>
+      <c r="P127" s="3" t="inlineStr"/>
+      <c r="Q127" s="3" t="inlineStr"/>
+      <c r="R127" s="3" t="inlineStr"/>
+      <c r="S127" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T127" s="3" t="inlineStr"/>
+      <c r="U127" s="3" t="inlineStr"/>
+      <c r="V127" s="3" t="inlineStr"/>
+      <c r="W127" s="3" t="inlineStr"/>
+      <c r="X127" s="3" t="inlineStr"/>
+      <c r="Y127" s="3" t="inlineStr"/>
+      <c r="Z127" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA127" s="3" t="inlineStr"/>
+      <c r="AB127" s="3" t="inlineStr"/>
+      <c r="AC127" s="3" t="inlineStr"/>
+      <c r="AD127" s="3" t="inlineStr"/>
+      <c r="AE127" s="3" t="inlineStr"/>
+      <c r="AF127" s="3" t="inlineStr"/>
+      <c r="AG127" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH127" s="3" t="inlineStr"/>
+      <c r="AI127" s="3" t="inlineStr"/>
+      <c r="AJ127" s="3" t="inlineStr"/>
+      <c r="AK127" s="3" t="inlineStr"/>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr">
+        <is>
+          <t>Claudio B.</t>
+        </is>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>Urologia Oncológica</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>48</v>
+      </c>
+      <c r="G128" s="3" t="inlineStr"/>
+      <c r="H128" s="3" t="inlineStr"/>
+      <c r="I128" s="3" t="inlineStr"/>
+      <c r="J128" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K128" s="3" t="inlineStr"/>
+      <c r="L128" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M128" s="3" t="inlineStr"/>
+      <c r="N128" s="3" t="inlineStr"/>
+      <c r="O128" s="3" t="inlineStr"/>
+      <c r="P128" s="3" t="inlineStr"/>
+      <c r="Q128" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R128" s="3" t="inlineStr"/>
+      <c r="S128" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T128" s="3" t="inlineStr"/>
+      <c r="U128" s="3" t="inlineStr"/>
+      <c r="V128" s="3" t="inlineStr"/>
+      <c r="W128" s="3" t="inlineStr"/>
+      <c r="X128" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y128" s="3" t="inlineStr"/>
+      <c r="Z128" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA128" s="3" t="inlineStr"/>
+      <c r="AB128" s="3" t="inlineStr"/>
+      <c r="AC128" s="3" t="inlineStr"/>
+      <c r="AD128" s="3" t="inlineStr"/>
+      <c r="AE128" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF128" s="3" t="inlineStr"/>
+      <c r="AG128" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH128" s="3" t="inlineStr"/>
+      <c r="AI128" s="3" t="inlineStr"/>
+      <c r="AJ128" s="3" t="inlineStr"/>
+      <c r="AK128" s="3" t="inlineStr"/>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr">
+        <is>
+          <t>Etore S.</t>
+        </is>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>Urologia Oncológica</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>Ambulatório Médico</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>24</v>
+      </c>
+      <c r="G129" s="3" t="inlineStr"/>
+      <c r="H129" s="3" t="inlineStr"/>
+      <c r="I129" s="3" t="inlineStr"/>
+      <c r="J129" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K129" s="3" t="inlineStr"/>
+      <c r="L129" s="3" t="inlineStr"/>
+      <c r="M129" s="3" t="inlineStr"/>
+      <c r="N129" s="3" t="inlineStr"/>
+      <c r="O129" s="3" t="inlineStr"/>
+      <c r="P129" s="3" t="inlineStr"/>
+      <c r="Q129" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R129" s="3" t="inlineStr"/>
+      <c r="S129" s="3" t="inlineStr"/>
+      <c r="T129" s="3" t="inlineStr"/>
+      <c r="U129" s="3" t="inlineStr"/>
+      <c r="V129" s="3" t="inlineStr"/>
+      <c r="W129" s="3" t="inlineStr"/>
+      <c r="X129" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y129" s="3" t="inlineStr"/>
+      <c r="Z129" s="3" t="inlineStr"/>
+      <c r="AA129" s="3" t="inlineStr"/>
+      <c r="AB129" s="3" t="inlineStr"/>
+      <c r="AC129" s="3" t="inlineStr"/>
+      <c r="AD129" s="3" t="inlineStr"/>
+      <c r="AE129" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF129" s="3" t="inlineStr"/>
+      <c r="AG129" s="3" t="inlineStr"/>
+      <c r="AH129" s="3" t="inlineStr"/>
+      <c r="AI129" s="3" t="inlineStr"/>
+      <c r="AJ129" s="3" t="inlineStr"/>
+      <c r="AK129" s="3" t="inlineStr"/>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr">
+        <is>
+          <t>Lais F.</t>
+        </is>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>Nível Médio</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Compras</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
+        <v>48</v>
+      </c>
+      <c r="G130" s="3" t="inlineStr"/>
+      <c r="H130" s="3" t="inlineStr"/>
+      <c r="I130" s="3" t="inlineStr"/>
+      <c r="J130" s="3" t="inlineStr"/>
+      <c r="K130" s="3" t="inlineStr"/>
+      <c r="L130" s="3" t="inlineStr"/>
+      <c r="M130" s="3" t="inlineStr"/>
+      <c r="N130" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O130" s="3" t="inlineStr"/>
+      <c r="P130" s="3" t="inlineStr"/>
+      <c r="Q130" s="3" t="inlineStr"/>
+      <c r="R130" s="3" t="inlineStr"/>
+      <c r="S130" s="3" t="inlineStr"/>
+      <c r="T130" s="3" t="inlineStr"/>
+      <c r="U130" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V130" s="3" t="inlineStr"/>
+      <c r="W130" s="3" t="inlineStr"/>
+      <c r="X130" s="3" t="inlineStr"/>
+      <c r="Y130" s="3" t="inlineStr"/>
+      <c r="Z130" s="3" t="inlineStr"/>
+      <c r="AA130" s="3" t="inlineStr"/>
+      <c r="AB130" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC130" s="3" t="inlineStr"/>
+      <c r="AD130" s="3" t="inlineStr"/>
+      <c r="AE130" s="3" t="inlineStr"/>
+      <c r="AF130" s="3" t="inlineStr"/>
+      <c r="AG130" s="3" t="inlineStr"/>
+      <c r="AH130" s="3" t="inlineStr"/>
+      <c r="AI130" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ130" s="3" t="inlineStr"/>
+      <c r="AK130" s="3" t="inlineStr"/>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr">
+        <is>
+          <t>Lauriana G.</t>
+        </is>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>Nutricionista</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Cuidados Paliativos</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>54</v>
+      </c>
+      <c r="G131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H131" s="3" t="inlineStr"/>
+      <c r="I131" s="3" t="inlineStr"/>
+      <c r="J131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K131" s="3" t="inlineStr"/>
+      <c r="L131" s="3" t="inlineStr"/>
+      <c r="M131" s="3" t="inlineStr"/>
+      <c r="N131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O131" s="3" t="inlineStr"/>
+      <c r="P131" s="3" t="inlineStr"/>
+      <c r="Q131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R131" s="3" t="inlineStr"/>
+      <c r="S131" s="3" t="inlineStr"/>
+      <c r="T131" s="3" t="inlineStr"/>
+      <c r="U131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V131" s="3" t="inlineStr"/>
+      <c r="W131" s="3" t="inlineStr"/>
+      <c r="X131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y131" s="3" t="inlineStr"/>
+      <c r="Z131" s="3" t="inlineStr"/>
+      <c r="AA131" s="3" t="inlineStr"/>
+      <c r="AB131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC131" s="3" t="inlineStr"/>
+      <c r="AD131" s="3" t="inlineStr"/>
+      <c r="AE131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF131" s="3" t="inlineStr"/>
+      <c r="AG131" s="3" t="inlineStr"/>
+      <c r="AH131" s="3" t="inlineStr"/>
+      <c r="AI131" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ131" s="3" t="inlineStr"/>
+      <c r="AK131" s="3" t="inlineStr"/>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr">
+        <is>
+          <t>Alan V.</t>
+        </is>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>180</v>
+      </c>
+      <c r="G132" s="3" t="inlineStr"/>
+      <c r="H132" s="3" t="inlineStr"/>
+      <c r="I132" s="3" t="inlineStr"/>
+      <c r="J132" s="3" t="inlineStr"/>
+      <c r="K132" s="3" t="inlineStr"/>
+      <c r="L132" s="3" t="inlineStr"/>
+      <c r="M132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N132" s="3" t="inlineStr"/>
+      <c r="O132" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="P132" s="3" t="inlineStr"/>
+      <c r="Q132" s="3" t="inlineStr"/>
+      <c r="R132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S132" s="3" t="inlineStr"/>
+      <c r="T132" s="3" t="inlineStr"/>
+      <c r="U132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V132" s="3" t="inlineStr"/>
+      <c r="W132" s="3" t="inlineStr"/>
+      <c r="X132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y132" s="3" t="inlineStr"/>
+      <c r="Z132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB132" s="3" t="inlineStr"/>
+      <c r="AC132" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AD132" s="3" t="inlineStr"/>
+      <c r="AE132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF132" s="3" t="inlineStr"/>
+      <c r="AG132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH132" s="3" t="inlineStr"/>
+      <c r="AI132" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ132" s="3" t="inlineStr"/>
+      <c r="AK132" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr">
+        <is>
+          <t>Carine C.</t>
+        </is>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F133" t="n">
+        <v>84</v>
+      </c>
+      <c r="G133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H133" s="3" t="inlineStr"/>
+      <c r="I133" s="3" t="inlineStr"/>
+      <c r="J133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K133" s="3" t="inlineStr"/>
+      <c r="L133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M133" s="3" t="inlineStr"/>
+      <c r="N133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O133" s="3" t="inlineStr"/>
+      <c r="P133" s="3" t="inlineStr"/>
+      <c r="Q133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R133" s="3" t="inlineStr"/>
+      <c r="S133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T133" s="3" t="inlineStr"/>
+      <c r="U133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V133" s="3" t="inlineStr"/>
+      <c r="W133" s="3" t="inlineStr"/>
+      <c r="X133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y133" s="3" t="inlineStr"/>
+      <c r="Z133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA133" s="3" t="inlineStr"/>
+      <c r="AB133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC133" s="3" t="inlineStr"/>
+      <c r="AD133" s="3" t="inlineStr"/>
+      <c r="AE133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF133" s="3" t="inlineStr"/>
+      <c r="AG133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI133" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ133" s="3" t="inlineStr"/>
+      <c r="AK133" s="3" t="inlineStr"/>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr">
+        <is>
+          <t>Eduardo G.</t>
+        </is>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>Temporário/Fundhacre</t>
+        </is>
+      </c>
+      <c r="F134" t="n">
+        <v>96</v>
+      </c>
+      <c r="G134" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H134" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="I134" s="3" t="inlineStr"/>
+      <c r="J134" s="3" t="inlineStr"/>
+      <c r="K134" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L134" s="3" t="inlineStr"/>
+      <c r="M134" s="3" t="inlineStr"/>
+      <c r="N134" s="3" t="inlineStr"/>
+      <c r="O134" s="3" t="inlineStr"/>
+      <c r="P134" s="3" t="inlineStr"/>
+      <c r="Q134" s="3" t="inlineStr"/>
+      <c r="R134" s="3" t="inlineStr"/>
+      <c r="S134" s="3" t="inlineStr"/>
+      <c r="T134" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U134" s="3" t="inlineStr"/>
+      <c r="V134" s="3" t="inlineStr"/>
+      <c r="W134" s="3" t="inlineStr"/>
+      <c r="X134" s="3" t="inlineStr"/>
+      <c r="Y134" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z134" s="3" t="inlineStr"/>
+      <c r="AA134" s="3" t="inlineStr"/>
+      <c r="AB134" s="3" t="inlineStr"/>
+      <c r="AC134" s="3" t="inlineStr"/>
+      <c r="AD134" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AE134" s="3" t="inlineStr"/>
+      <c r="AF134" s="3" t="inlineStr"/>
+      <c r="AG134" s="3" t="inlineStr"/>
+      <c r="AH134" s="3" t="inlineStr"/>
+      <c r="AI134" s="3" t="inlineStr"/>
+      <c r="AJ134" s="3" t="inlineStr"/>
+      <c r="AK134" s="3" t="inlineStr"/>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr">
+        <is>
+          <t>Jardelly C.</t>
+        </is>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F135" t="n">
+        <v>36</v>
+      </c>
+      <c r="G135" s="3" t="inlineStr"/>
+      <c r="H135" s="3" t="inlineStr"/>
+      <c r="I135" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="J135" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K135" s="3" t="inlineStr"/>
+      <c r="L135" s="3" t="inlineStr"/>
+      <c r="M135" s="3" t="inlineStr"/>
+      <c r="N135" s="3" t="inlineStr"/>
+      <c r="O135" s="3" t="inlineStr"/>
+      <c r="P135" s="3" t="inlineStr"/>
+      <c r="Q135" s="3" t="inlineStr"/>
+      <c r="R135" s="3" t="inlineStr"/>
+      <c r="S135" s="3" t="inlineStr"/>
+      <c r="T135" s="3" t="inlineStr"/>
+      <c r="U135" s="3" t="inlineStr"/>
+      <c r="V135" s="3" t="inlineStr"/>
+      <c r="W135" s="3" t="inlineStr"/>
+      <c r="X135" s="3" t="inlineStr"/>
+      <c r="Y135" s="3" t="inlineStr"/>
+      <c r="Z135" s="3" t="inlineStr"/>
+      <c r="AA135" s="3" t="inlineStr"/>
+      <c r="AB135" s="3" t="inlineStr"/>
+      <c r="AC135" s="3" t="inlineStr"/>
+      <c r="AD135" s="3" t="inlineStr"/>
+      <c r="AE135" s="3" t="inlineStr"/>
+      <c r="AF135" s="3" t="inlineStr"/>
+      <c r="AG135" s="3" t="inlineStr"/>
+      <c r="AH135" s="3" t="inlineStr"/>
+      <c r="AI135" s="3" t="inlineStr"/>
+      <c r="AJ135" s="3" t="inlineStr"/>
+      <c r="AK135" s="3" t="inlineStr"/>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr">
+        <is>
+          <t>Mariza O.</t>
+        </is>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F136" t="n">
+        <v>60</v>
+      </c>
+      <c r="G136" s="3" t="inlineStr"/>
+      <c r="H136" s="3" t="inlineStr"/>
+      <c r="I136" s="3" t="inlineStr"/>
+      <c r="J136" s="3" t="inlineStr"/>
+      <c r="K136" s="3" t="inlineStr"/>
+      <c r="L136" s="3" t="inlineStr"/>
+      <c r="M136" s="3" t="inlineStr"/>
+      <c r="N136" s="3" t="inlineStr"/>
+      <c r="O136" s="3" t="inlineStr"/>
+      <c r="P136" s="3" t="inlineStr"/>
+      <c r="Q136" s="3" t="inlineStr"/>
+      <c r="R136" s="3" t="inlineStr"/>
+      <c r="S136" s="3" t="inlineStr"/>
+      <c r="T136" s="3" t="inlineStr"/>
+      <c r="U136" s="3" t="inlineStr"/>
+      <c r="V136" s="3" t="inlineStr"/>
+      <c r="W136" s="3" t="inlineStr"/>
+      <c r="X136" s="3" t="inlineStr"/>
+      <c r="Y136" s="3" t="inlineStr"/>
+      <c r="Z136" s="3" t="inlineStr"/>
+      <c r="AA136" s="3" t="inlineStr"/>
+      <c r="AB136" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC136" s="3" t="inlineStr"/>
+      <c r="AD136" s="3" t="inlineStr"/>
+      <c r="AE136" s="3" t="inlineStr"/>
+      <c r="AF136" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG136" s="3" t="inlineStr"/>
+      <c r="AH136" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI136" s="3" t="inlineStr"/>
+      <c r="AJ136" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AK136" s="3" t="inlineStr"/>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr">
+        <is>
+          <t>Mila A.</t>
+        </is>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F137" t="n">
+        <v>72</v>
+      </c>
+      <c r="G137" s="3" t="inlineStr"/>
+      <c r="H137" s="3" t="inlineStr"/>
+      <c r="I137" s="3" t="inlineStr"/>
+      <c r="J137" s="3" t="inlineStr"/>
+      <c r="K137" s="3" t="inlineStr"/>
+      <c r="L137" s="3" t="inlineStr"/>
+      <c r="M137" s="3" t="inlineStr"/>
+      <c r="N137" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O137" s="3" t="inlineStr"/>
+      <c r="P137" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="Q137" s="3" t="inlineStr"/>
+      <c r="R137" s="3" t="inlineStr"/>
+      <c r="S137" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T137" s="3" t="inlineStr"/>
+      <c r="U137" s="3" t="inlineStr"/>
+      <c r="V137" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="W137" s="3" t="inlineStr"/>
+      <c r="X137" s="3" t="inlineStr"/>
+      <c r="Y137" s="3" t="inlineStr"/>
+      <c r="Z137" s="3" t="inlineStr"/>
+      <c r="AA137" s="3" t="inlineStr"/>
+      <c r="AB137" s="3" t="inlineStr"/>
+      <c r="AC137" s="3" t="inlineStr"/>
+      <c r="AD137" s="3" t="inlineStr"/>
+      <c r="AE137" s="3" t="inlineStr"/>
+      <c r="AF137" s="3" t="inlineStr"/>
+      <c r="AG137" s="3" t="inlineStr"/>
+      <c r="AH137" s="3" t="inlineStr"/>
+      <c r="AI137" s="3" t="inlineStr"/>
+      <c r="AJ137" s="3" t="inlineStr"/>
+      <c r="AK137" s="3" t="inlineStr"/>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr">
+        <is>
+          <t>Vinicius I.</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F138" t="n">
+        <v>36</v>
+      </c>
+      <c r="G138" s="3" t="inlineStr"/>
+      <c r="H138" s="3" t="inlineStr"/>
+      <c r="I138" s="3" t="inlineStr"/>
+      <c r="J138" s="3" t="inlineStr"/>
+      <c r="K138" s="3" t="inlineStr"/>
+      <c r="L138" s="3" t="inlineStr"/>
+      <c r="M138" s="3" t="inlineStr"/>
+      <c r="N138" s="3" t="inlineStr"/>
+      <c r="O138" s="3" t="inlineStr"/>
+      <c r="P138" s="3" t="inlineStr"/>
+      <c r="Q138" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R138" s="3" t="inlineStr"/>
+      <c r="S138" s="3" t="inlineStr"/>
+      <c r="T138" s="3" t="inlineStr"/>
+      <c r="U138" s="3" t="inlineStr"/>
+      <c r="V138" s="3" t="inlineStr"/>
+      <c r="W138" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="X138" s="3" t="inlineStr"/>
+      <c r="Y138" s="3" t="inlineStr"/>
+      <c r="Z138" s="3" t="inlineStr"/>
+      <c r="AA138" s="3" t="inlineStr"/>
+      <c r="AB138" s="3" t="inlineStr"/>
+      <c r="AC138" s="3" t="inlineStr"/>
+      <c r="AD138" s="3" t="inlineStr"/>
+      <c r="AE138" s="3" t="inlineStr"/>
+      <c r="AF138" s="3" t="inlineStr"/>
+      <c r="AG138" s="3" t="inlineStr"/>
+      <c r="AH138" s="3" t="inlineStr"/>
+      <c r="AI138" s="3" t="inlineStr"/>
+      <c r="AJ138" s="3" t="inlineStr"/>
+      <c r="AK138" s="3" t="inlineStr"/>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr">
+        <is>
+          <t>Lauriana G.</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Nutricionista</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F139" t="n">
+        <v>48</v>
+      </c>
+      <c r="G139" s="3" t="inlineStr"/>
+      <c r="H139" s="3" t="inlineStr"/>
+      <c r="I139" s="3" t="inlineStr"/>
+      <c r="J139" s="3" t="inlineStr"/>
+      <c r="K139" s="3" t="inlineStr"/>
+      <c r="L139" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M139" s="3" t="inlineStr"/>
+      <c r="N139" s="3" t="inlineStr"/>
+      <c r="O139" s="3" t="inlineStr"/>
+      <c r="P139" s="3" t="inlineStr"/>
+      <c r="Q139" s="3" t="inlineStr"/>
+      <c r="R139" s="3" t="inlineStr"/>
+      <c r="S139" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T139" s="3" t="inlineStr"/>
+      <c r="U139" s="3" t="inlineStr"/>
+      <c r="V139" s="3" t="inlineStr"/>
+      <c r="W139" s="3" t="inlineStr"/>
+      <c r="X139" s="3" t="inlineStr"/>
+      <c r="Y139" s="3" t="inlineStr"/>
+      <c r="Z139" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA139" s="3" t="inlineStr"/>
+      <c r="AB139" s="3" t="inlineStr"/>
+      <c r="AC139" s="3" t="inlineStr"/>
+      <c r="AD139" s="3" t="inlineStr"/>
+      <c r="AE139" s="3" t="inlineStr"/>
+      <c r="AF139" s="3" t="inlineStr"/>
+      <c r="AG139" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH139" s="3" t="inlineStr"/>
+      <c r="AI139" s="3" t="inlineStr"/>
+      <c r="AJ139" s="3" t="inlineStr"/>
+      <c r="AK139" s="3" t="inlineStr"/>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr">
+        <is>
+          <t>Lauriana G.</t>
+        </is>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>Nutricionista</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Emergência Oncológica</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F140" t="n">
+        <v>114</v>
+      </c>
+      <c r="G140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H140" s="3" t="inlineStr"/>
+      <c r="I140" s="3" t="inlineStr"/>
+      <c r="J140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K140" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="L140" s="3" t="inlineStr"/>
+      <c r="M140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O140" s="3" t="inlineStr"/>
+      <c r="P140" s="3" t="inlineStr"/>
+      <c r="Q140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S140" s="3" t="inlineStr"/>
+      <c r="T140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V140" s="3" t="inlineStr"/>
+      <c r="W140" s="3" t="inlineStr"/>
+      <c r="X140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z140" s="3" t="inlineStr"/>
+      <c r="AA140" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AB140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC140" s="3" t="inlineStr"/>
+      <c r="AD140" s="3" t="inlineStr"/>
+      <c r="AE140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG140" s="3" t="inlineStr"/>
+      <c r="AH140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI140" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ140" s="3" t="inlineStr"/>
+      <c r="AK140" s="3" t="inlineStr"/>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr">
+        <is>
+          <t>Rita P.</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Radiologia</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F141" t="n">
+        <v>78</v>
+      </c>
+      <c r="G141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H141" s="3" t="inlineStr"/>
+      <c r="I141" s="3" t="inlineStr"/>
+      <c r="J141" s="3" t="inlineStr"/>
+      <c r="K141" s="3" t="inlineStr"/>
+      <c r="L141" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O141" s="3" t="inlineStr"/>
+      <c r="P141" s="3" t="inlineStr"/>
+      <c r="Q141" s="3" t="inlineStr"/>
+      <c r="R141" s="3" t="inlineStr"/>
+      <c r="S141" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V141" s="3" t="inlineStr"/>
+      <c r="W141" s="3" t="inlineStr"/>
+      <c r="X141" s="3" t="inlineStr"/>
+      <c r="Y141" s="3" t="inlineStr"/>
+      <c r="Z141" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC141" s="3" t="inlineStr"/>
+      <c r="AD141" s="3" t="inlineStr"/>
+      <c r="AE141" s="3" t="inlineStr"/>
+      <c r="AF141" s="3" t="inlineStr"/>
+      <c r="AG141" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI141" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ141" s="3" t="inlineStr"/>
+      <c r="AK141" s="3" t="inlineStr"/>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr">
+        <is>
+          <t>Magciane C.</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>Nível Médio</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Recursos Humanos</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>HOSPITAL DAS CLINICAS - UNACON</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F142" t="n">
+        <v>88</v>
+      </c>
+      <c r="G142" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H142" s="3" t="inlineStr"/>
+      <c r="I142" s="3" t="inlineStr"/>
+      <c r="J142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="K142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="L142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="M142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="N142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="O142" s="3" t="inlineStr"/>
+      <c r="P142" s="3" t="inlineStr"/>
+      <c r="Q142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="R142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="S142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="T142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="U142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="V142" s="3" t="inlineStr"/>
+      <c r="W142" s="3" t="inlineStr"/>
+      <c r="X142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Y142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Z142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AA142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AB142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AC142" s="3" t="inlineStr"/>
+      <c r="AD142" s="3" t="inlineStr"/>
+      <c r="AE142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AF142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AG142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AH142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AI142" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AJ142" s="3" t="inlineStr"/>
+      <c r="AK142" s="3" t="inlineStr"/>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr">
+        <is>
+          <t>Ana M.</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Assistência Médica</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F143" t="n">
+        <v>120</v>
+      </c>
+      <c r="G143" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H143" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="I143" s="3" t="inlineStr"/>
+      <c r="J143" s="3" t="inlineStr"/>
+      <c r="K143" s="3" t="inlineStr"/>
+      <c r="L143" s="3" t="inlineStr"/>
+      <c r="M143" s="3" t="inlineStr"/>
+      <c r="N143" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O143" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="P143" s="3" t="inlineStr"/>
+      <c r="Q143" s="3" t="inlineStr"/>
+      <c r="R143" s="3" t="inlineStr"/>
+      <c r="S143" s="3" t="inlineStr"/>
+      <c r="T143" s="3" t="inlineStr"/>
+      <c r="U143" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V143" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W143" s="3" t="inlineStr"/>
+      <c r="X143" s="3" t="inlineStr"/>
+      <c r="Y143" s="3" t="inlineStr"/>
+      <c r="Z143" s="3" t="inlineStr"/>
+      <c r="AA143" s="3" t="inlineStr"/>
+      <c r="AB143" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC143" s="3" t="inlineStr"/>
+      <c r="AD143" s="3" t="inlineStr"/>
+      <c r="AE143" s="3" t="inlineStr"/>
+      <c r="AF143" s="3" t="inlineStr"/>
+      <c r="AG143" s="3" t="inlineStr"/>
+      <c r="AH143" s="3" t="inlineStr"/>
+      <c r="AI143" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ143" s="3" t="inlineStr"/>
+      <c r="AK143" s="3" t="inlineStr"/>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr">
+        <is>
+          <t>Carlos S.</t>
+        </is>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Assistência Médica</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F144" t="n">
+        <v>84</v>
+      </c>
+      <c r="G144" s="3" t="inlineStr"/>
+      <c r="H144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="I144" s="3" t="inlineStr"/>
+      <c r="J144" s="3" t="inlineStr"/>
+      <c r="K144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L144" s="3" t="inlineStr"/>
+      <c r="M144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N144" s="3" t="inlineStr"/>
+      <c r="O144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="P144" s="3" t="inlineStr"/>
+      <c r="Q144" s="3" t="inlineStr"/>
+      <c r="R144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S144" s="3" t="inlineStr"/>
+      <c r="T144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U144" s="3" t="inlineStr"/>
+      <c r="V144" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W144" s="3" t="inlineStr"/>
+      <c r="X144" s="3" t="inlineStr"/>
+      <c r="Y144" s="3" t="inlineStr"/>
+      <c r="Z144" s="3" t="inlineStr"/>
+      <c r="AA144" s="3" t="inlineStr"/>
+      <c r="AB144" s="3" t="inlineStr"/>
+      <c r="AC144" s="3" t="inlineStr"/>
+      <c r="AD144" s="3" t="inlineStr"/>
+      <c r="AE144" s="3" t="inlineStr"/>
+      <c r="AF144" s="3" t="inlineStr"/>
+      <c r="AG144" s="3" t="inlineStr"/>
+      <c r="AH144" s="3" t="inlineStr"/>
+      <c r="AI144" s="3" t="inlineStr"/>
+      <c r="AJ144" s="3" t="inlineStr"/>
+      <c r="AK144" s="3" t="inlineStr"/>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr">
+        <is>
+          <t>Lucas C.</t>
+        </is>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Assistência Médica</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F145" t="n">
+        <v>120</v>
+      </c>
+      <c r="G145" s="3" t="inlineStr"/>
+      <c r="H145" s="3" t="inlineStr"/>
+      <c r="I145" s="3" t="inlineStr"/>
+      <c r="J145" s="3" t="inlineStr"/>
+      <c r="K145" s="3" t="inlineStr"/>
+      <c r="L145" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="M145" s="3" t="inlineStr"/>
+      <c r="N145" s="3" t="inlineStr"/>
+      <c r="O145" s="3" t="inlineStr"/>
+      <c r="P145" s="3" t="inlineStr"/>
+      <c r="Q145" s="3" t="inlineStr"/>
+      <c r="R145" s="3" t="inlineStr"/>
+      <c r="S145" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="T145" s="3" t="inlineStr"/>
+      <c r="U145" s="3" t="inlineStr"/>
+      <c r="V145" s="3" t="inlineStr"/>
+      <c r="W145" s="3" t="inlineStr"/>
+      <c r="X145" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y145" s="3" t="inlineStr"/>
+      <c r="Z145" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AA145" s="3" t="inlineStr"/>
+      <c r="AB145" s="3" t="inlineStr"/>
+      <c r="AC145" s="3" t="inlineStr"/>
+      <c r="AD145" s="3" t="inlineStr"/>
+      <c r="AE145" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF145" s="3" t="inlineStr"/>
+      <c r="AG145" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AH145" s="3" t="inlineStr"/>
+      <c r="AI145" s="3" t="inlineStr"/>
+      <c r="AJ145" s="3" t="inlineStr"/>
+      <c r="AK145" s="3" t="inlineStr"/>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr">
+        <is>
+          <t>Nayma C.</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>Assistência Médica</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F146" t="n">
+        <v>72</v>
+      </c>
+      <c r="G146" s="3" t="inlineStr"/>
+      <c r="H146" s="3" t="inlineStr"/>
+      <c r="I146" s="3" t="inlineStr"/>
+      <c r="J146" s="3" t="inlineStr"/>
+      <c r="K146" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L146" s="3" t="inlineStr"/>
+      <c r="M146" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N146" s="3" t="inlineStr"/>
+      <c r="O146" s="3" t="inlineStr"/>
+      <c r="P146" s="3" t="inlineStr"/>
+      <c r="Q146" s="3" t="inlineStr"/>
+      <c r="R146" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S146" s="3" t="inlineStr"/>
+      <c r="T146" s="3" t="inlineStr"/>
+      <c r="U146" s="3" t="inlineStr"/>
+      <c r="V146" s="3" t="inlineStr"/>
+      <c r="W146" s="3" t="inlineStr"/>
+      <c r="X146" s="3" t="inlineStr"/>
+      <c r="Y146" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z146" s="3" t="inlineStr"/>
+      <c r="AA146" s="3" t="inlineStr"/>
+      <c r="AB146" s="3" t="inlineStr"/>
+      <c r="AC146" s="3" t="inlineStr"/>
+      <c r="AD146" s="3" t="inlineStr"/>
+      <c r="AE146" s="3" t="inlineStr"/>
+      <c r="AF146" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG146" s="3" t="inlineStr"/>
+      <c r="AH146" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI146" s="3" t="inlineStr"/>
+      <c r="AJ146" s="3" t="inlineStr"/>
+      <c r="AK146" s="3" t="inlineStr"/>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr">
+        <is>
+          <t>Nayma C.</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>Assistência Médica</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F147" t="n">
+        <v>156</v>
+      </c>
+      <c r="G147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H147" s="3" t="inlineStr"/>
+      <c r="I147" s="3" t="inlineStr"/>
+      <c r="J147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K147" s="3" t="inlineStr"/>
+      <c r="L147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M147" s="3" t="inlineStr"/>
+      <c r="N147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O147" s="3" t="inlineStr"/>
+      <c r="P147" s="3" t="inlineStr"/>
+      <c r="Q147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R147" s="3" t="inlineStr"/>
+      <c r="S147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T147" s="3" t="inlineStr"/>
+      <c r="U147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V147" s="3" t="inlineStr"/>
+      <c r="W147" s="3" t="inlineStr"/>
+      <c r="X147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y147" s="3" t="inlineStr"/>
+      <c r="Z147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA147" s="3" t="inlineStr"/>
+      <c r="AB147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC147" s="3" t="inlineStr"/>
+      <c r="AD147" s="3" t="inlineStr"/>
+      <c r="AE147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF147" s="3" t="inlineStr"/>
+      <c r="AG147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH147" s="3" t="inlineStr"/>
+      <c r="AI147" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ147" s="3" t="inlineStr"/>
+      <c r="AK147" s="3" t="inlineStr"/>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr">
+        <is>
+          <t>Wirla O.</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>Assistência Médica</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F148" t="n">
+        <v>120</v>
+      </c>
+      <c r="G148" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H148" s="3" t="inlineStr"/>
+      <c r="I148" s="3" t="inlineStr"/>
+      <c r="J148" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K148" s="3" t="inlineStr"/>
+      <c r="L148" s="3" t="inlineStr"/>
+      <c r="M148" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N148" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O148" s="3" t="inlineStr"/>
+      <c r="P148" s="3" t="inlineStr"/>
+      <c r="Q148" s="3" t="inlineStr"/>
+      <c r="R148" s="3" t="inlineStr"/>
+      <c r="S148" s="3" t="inlineStr"/>
+      <c r="T148" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U148" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V148" s="3" t="inlineStr"/>
+      <c r="W148" s="3" t="inlineStr"/>
+      <c r="X148" s="3" t="inlineStr"/>
+      <c r="Y148" s="3" t="inlineStr"/>
+      <c r="Z148" s="3" t="inlineStr"/>
+      <c r="AA148" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB148" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC148" s="3" t="inlineStr"/>
+      <c r="AD148" s="3" t="inlineStr"/>
+      <c r="AE148" s="3" t="inlineStr"/>
+      <c r="AF148" s="3" t="inlineStr"/>
+      <c r="AG148" s="3" t="inlineStr"/>
+      <c r="AH148" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI148" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ148" s="3" t="inlineStr"/>
+      <c r="AK148" s="3" t="inlineStr"/>
+    </row>
+    <row r="149">
+      <c r="A149" t="inlineStr">
+        <is>
+          <t>Monna D.</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>CCIH</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F149" t="n">
+        <v>126</v>
+      </c>
+      <c r="G149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H149" s="3" t="inlineStr"/>
+      <c r="I149" s="3" t="inlineStr"/>
+      <c r="J149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O149" s="3" t="inlineStr"/>
+      <c r="P149" s="3" t="inlineStr"/>
+      <c r="Q149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V149" s="3" t="inlineStr"/>
+      <c r="W149" s="3" t="inlineStr"/>
+      <c r="X149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC149" s="3" t="inlineStr"/>
+      <c r="AD149" s="3" t="inlineStr"/>
+      <c r="AE149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI149" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ149" s="3" t="inlineStr"/>
+      <c r="AK149" s="3" t="inlineStr"/>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr">
+        <is>
+          <t>Luciano M.</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>Emergência / Observação</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F150" t="n">
+        <v>48</v>
+      </c>
+      <c r="G150" s="3" t="inlineStr"/>
+      <c r="H150" s="3" t="inlineStr"/>
+      <c r="I150" s="3" t="inlineStr"/>
+      <c r="J150" s="3" t="inlineStr"/>
+      <c r="K150" s="3" t="inlineStr"/>
+      <c r="L150" s="3" t="inlineStr"/>
+      <c r="M150" s="3" t="inlineStr"/>
+      <c r="N150" s="3" t="inlineStr"/>
+      <c r="O150" s="3" t="inlineStr"/>
+      <c r="P150" s="3" t="inlineStr"/>
+      <c r="Q150" s="3" t="inlineStr"/>
+      <c r="R150" s="3" t="inlineStr"/>
+      <c r="S150" s="3" t="inlineStr"/>
+      <c r="T150" s="3" t="inlineStr"/>
+      <c r="U150" s="3" t="inlineStr"/>
+      <c r="V150" s="3" t="inlineStr"/>
+      <c r="W150" s="3" t="inlineStr"/>
+      <c r="X150" s="3" t="inlineStr"/>
+      <c r="Y150" s="3" t="inlineStr"/>
+      <c r="Z150" s="3" t="inlineStr"/>
+      <c r="AA150" s="3" t="inlineStr"/>
+      <c r="AB150" s="3" t="inlineStr"/>
+      <c r="AC150" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AD150" s="3" t="inlineStr"/>
+      <c r="AE150" s="3" t="inlineStr"/>
+      <c r="AF150" s="3" t="inlineStr"/>
+      <c r="AG150" s="3" t="inlineStr"/>
+      <c r="AH150" s="3" t="inlineStr"/>
+      <c r="AI150" s="3" t="inlineStr"/>
+      <c r="AJ150" s="3" t="inlineStr"/>
+      <c r="AK150" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr">
+        <is>
+          <t>Joao M.</t>
+        </is>
+      </c>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>Farmacêutico</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F151" t="n">
+        <v>188</v>
+      </c>
+      <c r="G151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="H151" s="3" t="inlineStr"/>
+      <c r="I151" s="3" t="inlineStr"/>
+      <c r="J151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="K151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="L151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="M151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="N151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="O151" s="3" t="inlineStr"/>
+      <c r="P151" s="3" t="inlineStr"/>
+      <c r="Q151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="R151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="S151" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="T151" s="3" t="inlineStr">
+        <is>
+          <t>T4/M6</t>
+        </is>
+      </c>
+      <c r="U151" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="V151" s="3" t="inlineStr"/>
+      <c r="W151" s="3" t="inlineStr"/>
+      <c r="X151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC151" s="3" t="inlineStr"/>
+      <c r="AD151" s="3" t="inlineStr"/>
+      <c r="AE151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI151" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ151" s="3" t="inlineStr"/>
+      <c r="AK151" s="3" t="inlineStr"/>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr">
+        <is>
+          <t>Claudiane J.</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>Internação / Maternidade</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F152" t="n">
+        <v>264</v>
+      </c>
+      <c r="G152" s="3" t="inlineStr"/>
+      <c r="H152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="I152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="J152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="K152" s="3" t="inlineStr"/>
+      <c r="L152" s="3" t="inlineStr"/>
+      <c r="M152" s="3" t="inlineStr"/>
+      <c r="N152" s="3" t="inlineStr"/>
+      <c r="O152" s="3" t="inlineStr"/>
+      <c r="P152" s="3" t="inlineStr"/>
+      <c r="Q152" s="3" t="inlineStr"/>
+      <c r="R152" s="3" t="inlineStr"/>
+      <c r="S152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="T152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="U152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="V152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="W152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="X152" s="3" t="inlineStr"/>
+      <c r="Y152" s="3" t="inlineStr"/>
+      <c r="Z152" s="3" t="inlineStr"/>
+      <c r="AA152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AB152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AC152" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AD152" s="3" t="inlineStr"/>
+      <c r="AE152" s="3" t="inlineStr"/>
+      <c r="AF152" s="3" t="inlineStr"/>
+      <c r="AG152" s="3" t="inlineStr"/>
+      <c r="AH152" s="3" t="inlineStr"/>
+      <c r="AI152" s="3" t="inlineStr"/>
+      <c r="AJ152" s="3" t="inlineStr"/>
+      <c r="AK152" s="3" t="inlineStr"/>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr">
+        <is>
+          <t>Luciano M.</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>Internação / Maternidade</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F153" t="n">
+        <v>72</v>
+      </c>
+      <c r="G153" s="3" t="inlineStr"/>
+      <c r="H153" s="3" t="inlineStr"/>
+      <c r="I153" s="3" t="inlineStr"/>
+      <c r="J153" s="3" t="inlineStr"/>
+      <c r="K153" s="3" t="inlineStr"/>
+      <c r="L153" s="3" t="inlineStr"/>
+      <c r="M153" s="3" t="inlineStr"/>
+      <c r="N153" s="3" t="inlineStr"/>
+      <c r="O153" s="3" t="inlineStr"/>
+      <c r="P153" s="3" t="inlineStr"/>
+      <c r="Q153" s="3" t="inlineStr"/>
+      <c r="R153" s="3" t="inlineStr"/>
+      <c r="S153" s="3" t="inlineStr"/>
+      <c r="T153" s="3" t="inlineStr"/>
+      <c r="U153" s="3" t="inlineStr"/>
+      <c r="V153" s="3" t="inlineStr"/>
+      <c r="W153" s="3" t="inlineStr"/>
+      <c r="X153" s="3" t="inlineStr"/>
+      <c r="Y153" s="3" t="inlineStr"/>
+      <c r="Z153" s="3" t="inlineStr"/>
+      <c r="AA153" s="3" t="inlineStr"/>
+      <c r="AB153" s="3" t="inlineStr"/>
+      <c r="AC153" s="3" t="inlineStr"/>
+      <c r="AD153" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AE153" s="3" t="inlineStr"/>
+      <c r="AF153" s="3" t="inlineStr"/>
+      <c r="AG153" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH153" s="3" t="inlineStr"/>
+      <c r="AI153" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ153" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AK153" s="3" t="inlineStr"/>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr">
+        <is>
+          <t>Luciano M.</t>
+        </is>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>HOSPITAL DR. MANOEL MARINHO MONTE</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F154" t="n">
+        <v>126</v>
+      </c>
+      <c r="G154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H154" s="3" t="inlineStr"/>
+      <c r="I154" s="3" t="inlineStr"/>
+      <c r="J154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O154" s="3" t="inlineStr"/>
+      <c r="P154" s="3" t="inlineStr"/>
+      <c r="Q154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V154" s="3" t="inlineStr"/>
+      <c r="W154" s="3" t="inlineStr"/>
+      <c r="X154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC154" s="3" t="inlineStr"/>
+      <c r="AD154" s="3" t="inlineStr"/>
+      <c r="AE154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI154" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ154" s="3" t="inlineStr"/>
+      <c r="AK154" s="3" t="inlineStr"/>
+    </row>
+    <row r="155">
+      <c r="A155" t="inlineStr">
+        <is>
+          <t>Camilo O.</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>HOSPITAL EPAMINONDAS JACOME</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F155" t="n">
+        <v>24</v>
+      </c>
+      <c r="G155" s="3" t="inlineStr"/>
+      <c r="H155" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="I155" s="3" t="inlineStr"/>
+      <c r="J155" s="3" t="inlineStr"/>
+      <c r="K155" s="3" t="inlineStr"/>
+      <c r="L155" s="3" t="inlineStr"/>
+      <c r="M155" s="3" t="inlineStr"/>
+      <c r="N155" s="3" t="inlineStr"/>
+      <c r="O155" s="3" t="inlineStr"/>
+      <c r="P155" s="3" t="inlineStr"/>
+      <c r="Q155" s="3" t="inlineStr"/>
+      <c r="R155" s="3" t="inlineStr"/>
+      <c r="S155" s="3" t="inlineStr"/>
+      <c r="T155" s="3" t="inlineStr"/>
+      <c r="U155" s="3" t="inlineStr"/>
+      <c r="V155" s="3" t="inlineStr"/>
+      <c r="W155" s="3" t="inlineStr"/>
+      <c r="X155" s="3" t="inlineStr"/>
+      <c r="Y155" s="3" t="inlineStr"/>
+      <c r="Z155" s="3" t="inlineStr"/>
+      <c r="AA155" s="3" t="inlineStr"/>
+      <c r="AB155" s="3" t="inlineStr"/>
+      <c r="AC155" s="3" t="inlineStr"/>
+      <c r="AD155" s="3" t="inlineStr"/>
+      <c r="AE155" s="3" t="inlineStr"/>
+      <c r="AF155" s="3" t="inlineStr"/>
+      <c r="AG155" s="3" t="inlineStr"/>
+      <c r="AH155" s="3" t="inlineStr"/>
+      <c r="AI155" s="3" t="inlineStr"/>
+      <c r="AJ155" s="3" t="inlineStr"/>
+      <c r="AK155" s="3" t="inlineStr"/>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr">
+        <is>
+          <t>Ana N.</t>
+        </is>
+      </c>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>Endoscopia I</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F156" t="n">
+        <v>120</v>
+      </c>
+      <c r="G156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H156" s="3" t="inlineStr"/>
+      <c r="I156" s="3" t="inlineStr"/>
+      <c r="J156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K156" s="3" t="inlineStr"/>
+      <c r="L156" s="3" t="inlineStr"/>
+      <c r="M156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N156" s="3" t="inlineStr"/>
+      <c r="O156" s="3" t="inlineStr"/>
+      <c r="P156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q156" s="3" t="inlineStr"/>
+      <c r="R156" s="3" t="inlineStr"/>
+      <c r="S156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T156" s="3" t="inlineStr"/>
+      <c r="U156" s="3" t="inlineStr"/>
+      <c r="V156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W156" s="3" t="inlineStr"/>
+      <c r="X156" s="3" t="inlineStr"/>
+      <c r="Y156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z156" s="3" t="inlineStr"/>
+      <c r="AA156" s="3" t="inlineStr"/>
+      <c r="AB156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC156" s="3" t="inlineStr"/>
+      <c r="AD156" s="3" t="inlineStr"/>
+      <c r="AE156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF156" s="3" t="inlineStr"/>
+      <c r="AG156" s="3" t="inlineStr"/>
+      <c r="AH156" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI156" s="3" t="inlineStr"/>
+      <c r="AJ156" s="3" t="inlineStr"/>
+      <c r="AK156" s="3" t="inlineStr"/>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr">
+        <is>
+          <t>Maria S.</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>Endoscopia I</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F157" t="n">
+        <v>120</v>
+      </c>
+      <c r="G157" s="3" t="inlineStr"/>
+      <c r="H157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I157" s="3" t="inlineStr"/>
+      <c r="J157" s="3" t="inlineStr"/>
+      <c r="K157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L157" s="3" t="inlineStr"/>
+      <c r="M157" s="3" t="inlineStr"/>
+      <c r="N157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O157" s="3" t="inlineStr"/>
+      <c r="P157" s="3" t="inlineStr"/>
+      <c r="Q157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R157" s="3" t="inlineStr"/>
+      <c r="S157" s="3" t="inlineStr"/>
+      <c r="T157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U157" s="3" t="inlineStr"/>
+      <c r="V157" s="3" t="inlineStr"/>
+      <c r="W157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X157" s="3" t="inlineStr"/>
+      <c r="Y157" s="3" t="inlineStr"/>
+      <c r="Z157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA157" s="3" t="inlineStr"/>
+      <c r="AB157" s="3" t="inlineStr"/>
+      <c r="AC157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD157" s="3" t="inlineStr"/>
+      <c r="AE157" s="3" t="inlineStr"/>
+      <c r="AF157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG157" s="3" t="inlineStr"/>
+      <c r="AH157" s="3" t="inlineStr"/>
+      <c r="AI157" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ157" s="3" t="inlineStr"/>
+      <c r="AK157" s="3" t="inlineStr"/>
+    </row>
+    <row r="158">
+      <c r="A158" t="inlineStr">
+        <is>
+          <t>Risete B.</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>Endoscopia I</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F158" t="n">
+        <v>120</v>
+      </c>
+      <c r="G158" s="3" t="inlineStr"/>
+      <c r="H158" s="3" t="inlineStr"/>
+      <c r="I158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J158" s="3" t="inlineStr"/>
+      <c r="K158" s="3" t="inlineStr"/>
+      <c r="L158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M158" s="3" t="inlineStr"/>
+      <c r="N158" s="3" t="inlineStr"/>
+      <c r="O158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P158" s="3" t="inlineStr"/>
+      <c r="Q158" s="3" t="inlineStr"/>
+      <c r="R158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S158" s="3" t="inlineStr"/>
+      <c r="T158" s="3" t="inlineStr"/>
+      <c r="U158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V158" s="3" t="inlineStr"/>
+      <c r="W158" s="3" t="inlineStr"/>
+      <c r="X158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y158" s="3" t="inlineStr"/>
+      <c r="Z158" s="3" t="inlineStr"/>
+      <c r="AA158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AB158" s="3" t="inlineStr"/>
+      <c r="AC158" s="3" t="inlineStr"/>
+      <c r="AD158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE158" s="3" t="inlineStr"/>
+      <c r="AF158" s="3" t="inlineStr"/>
+      <c r="AG158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH158" s="3" t="inlineStr"/>
+      <c r="AI158" s="3" t="inlineStr"/>
+      <c r="AJ158" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK158" s="3" t="inlineStr"/>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr">
+        <is>
+          <t>Poliana J.</t>
+        </is>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>Núcleo de Educação Permanente - NEP</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F159" t="n">
+        <v>126</v>
+      </c>
+      <c r="G159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H159" s="3" t="inlineStr"/>
+      <c r="I159" s="3" t="inlineStr"/>
+      <c r="J159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O159" s="3" t="inlineStr"/>
+      <c r="P159" s="3" t="inlineStr"/>
+      <c r="Q159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V159" s="3" t="inlineStr"/>
+      <c r="W159" s="3" t="inlineStr"/>
+      <c r="X159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC159" s="3" t="inlineStr"/>
+      <c r="AD159" s="3" t="inlineStr"/>
+      <c r="AE159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI159" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ159" s="3" t="inlineStr"/>
+      <c r="AK159" s="3" t="inlineStr"/>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr">
+        <is>
+          <t>Quiria M.</t>
+        </is>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>Coordenador</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>Núcleo de Educação Permanente - NEP</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F160" t="n">
+        <v>168</v>
+      </c>
+      <c r="G160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H160" s="3" t="inlineStr"/>
+      <c r="I160" s="3" t="inlineStr"/>
+      <c r="J160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O160" s="3" t="inlineStr"/>
+      <c r="P160" s="3" t="inlineStr"/>
+      <c r="Q160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V160" s="3" t="inlineStr"/>
+      <c r="W160" s="3" t="inlineStr"/>
+      <c r="X160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC160" s="3" t="inlineStr"/>
+      <c r="AD160" s="3" t="inlineStr"/>
+      <c r="AE160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI160" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ160" s="3" t="inlineStr"/>
+      <c r="AK160" s="3" t="inlineStr"/>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr">
+        <is>
+          <t>Katia S.</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>Núcleo Interno de Regulação</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F161" t="n">
+        <v>126</v>
+      </c>
+      <c r="G161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H161" s="3" t="inlineStr"/>
+      <c r="I161" s="3" t="inlineStr"/>
+      <c r="J161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O161" s="3" t="inlineStr"/>
+      <c r="P161" s="3" t="inlineStr"/>
+      <c r="Q161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V161" s="3" t="inlineStr"/>
+      <c r="W161" s="3" t="inlineStr"/>
+      <c r="X161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC161" s="3" t="inlineStr"/>
+      <c r="AD161" s="3" t="inlineStr"/>
+      <c r="AE161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI161" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ161" s="3" t="inlineStr"/>
+      <c r="AK161" s="3" t="inlineStr"/>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr">
+        <is>
+          <t>Maurien M.</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Fisioterapeuta</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>UTI Adulto  I</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F162" t="n">
+        <v>180</v>
+      </c>
+      <c r="G162" s="3" t="inlineStr"/>
+      <c r="H162" s="3" t="inlineStr"/>
+      <c r="I162" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="J162" s="3" t="inlineStr"/>
+      <c r="K162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L162" s="3" t="inlineStr"/>
+      <c r="M162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N162" s="3" t="inlineStr"/>
+      <c r="O162" s="3" t="inlineStr"/>
+      <c r="P162" s="3" t="inlineStr"/>
+      <c r="Q162" s="3" t="inlineStr"/>
+      <c r="R162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S162" s="3" t="inlineStr"/>
+      <c r="T162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U162" s="3" t="inlineStr"/>
+      <c r="V162" s="3" t="inlineStr"/>
+      <c r="W162" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="X162" s="3" t="inlineStr"/>
+      <c r="Y162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z162" s="3" t="inlineStr"/>
+      <c r="AA162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB162" s="3" t="inlineStr"/>
+      <c r="AC162" s="3" t="inlineStr"/>
+      <c r="AD162" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AE162" s="3" t="inlineStr"/>
+      <c r="AF162" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG162" s="3" t="inlineStr"/>
+      <c r="AH162" s="3" t="inlineStr"/>
+      <c r="AI162" s="3" t="inlineStr"/>
+      <c r="AJ162" s="3" t="inlineStr"/>
+      <c r="AK162" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr">
+        <is>
+          <t>Maria M.</t>
+        </is>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Secretario interno</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>UTI Adulto  II.</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>HUERB</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F163" t="n">
+        <v>120</v>
+      </c>
+      <c r="G163" s="3" t="inlineStr"/>
+      <c r="H163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="I163" s="3" t="inlineStr"/>
+      <c r="J163" s="3" t="inlineStr"/>
+      <c r="K163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L163" s="3" t="inlineStr"/>
+      <c r="M163" s="3" t="inlineStr"/>
+      <c r="N163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O163" s="3" t="inlineStr"/>
+      <c r="P163" s="3" t="inlineStr"/>
+      <c r="Q163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R163" s="3" t="inlineStr"/>
+      <c r="S163" s="3" t="inlineStr"/>
+      <c r="T163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U163" s="3" t="inlineStr"/>
+      <c r="V163" s="3" t="inlineStr"/>
+      <c r="W163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X163" s="3" t="inlineStr"/>
+      <c r="Y163" s="3" t="inlineStr"/>
+      <c r="Z163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA163" s="3" t="inlineStr"/>
+      <c r="AB163" s="3" t="inlineStr"/>
+      <c r="AC163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AD163" s="3" t="inlineStr"/>
+      <c r="AE163" s="3" t="inlineStr"/>
+      <c r="AF163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG163" s="3" t="inlineStr"/>
+      <c r="AH163" s="3" t="inlineStr"/>
+      <c r="AI163" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ163" s="3" t="inlineStr"/>
+      <c r="AK163" s="3" t="inlineStr"/>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr">
+        <is>
+          <t>Anadia P.</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>Farmacêutico</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F164" t="n">
+        <v>12</v>
+      </c>
+      <c r="G164" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H164" s="3" t="inlineStr"/>
+      <c r="I164" s="3" t="inlineStr"/>
+      <c r="J164" s="3" t="inlineStr"/>
+      <c r="K164" s="3" t="inlineStr"/>
+      <c r="L164" s="3" t="inlineStr"/>
+      <c r="M164" s="3" t="inlineStr"/>
+      <c r="N164" s="3" t="inlineStr"/>
+      <c r="O164" s="3" t="inlineStr"/>
+      <c r="P164" s="3" t="inlineStr"/>
+      <c r="Q164" s="3" t="inlineStr"/>
+      <c r="R164" s="3" t="inlineStr"/>
+      <c r="S164" s="3" t="inlineStr"/>
+      <c r="T164" s="3" t="inlineStr"/>
+      <c r="U164" s="3" t="inlineStr"/>
+      <c r="V164" s="3" t="inlineStr"/>
+      <c r="W164" s="3" t="inlineStr"/>
+      <c r="X164" s="3" t="inlineStr"/>
+      <c r="Y164" s="3" t="inlineStr"/>
+      <c r="Z164" s="3" t="inlineStr"/>
+      <c r="AA164" s="3" t="inlineStr"/>
+      <c r="AB164" s="3" t="inlineStr"/>
+      <c r="AC164" s="3" t="inlineStr"/>
+      <c r="AD164" s="3" t="inlineStr"/>
+      <c r="AE164" s="3" t="inlineStr"/>
+      <c r="AF164" s="3" t="inlineStr"/>
+      <c r="AG164" s="3" t="inlineStr"/>
+      <c r="AH164" s="3" t="inlineStr"/>
+      <c r="AI164" s="3" t="inlineStr"/>
+      <c r="AJ164" s="3" t="inlineStr"/>
+      <c r="AK164" s="3" t="inlineStr"/>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr">
+        <is>
+          <t>Brenda L.</t>
+        </is>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Farmacêutico</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F165" t="n">
+        <v>36</v>
+      </c>
+      <c r="G165" s="3" t="inlineStr"/>
+      <c r="H165" s="3" t="inlineStr"/>
+      <c r="I165" s="3" t="inlineStr"/>
+      <c r="J165" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K165" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L165" s="3" t="inlineStr"/>
+      <c r="M165" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N165" s="3" t="inlineStr"/>
+      <c r="O165" s="3" t="inlineStr"/>
+      <c r="P165" s="3" t="inlineStr"/>
+      <c r="Q165" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R165" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S165" s="3" t="inlineStr"/>
+      <c r="T165" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U165" s="3" t="inlineStr"/>
+      <c r="V165" s="3" t="inlineStr"/>
+      <c r="W165" s="3" t="inlineStr"/>
+      <c r="X165" s="3" t="inlineStr"/>
+      <c r="Y165" s="3" t="inlineStr"/>
+      <c r="Z165" s="3" t="inlineStr"/>
+      <c r="AA165" s="3" t="inlineStr"/>
+      <c r="AB165" s="3" t="inlineStr"/>
+      <c r="AC165" s="3" t="inlineStr"/>
+      <c r="AD165" s="3" t="inlineStr"/>
+      <c r="AE165" s="3" t="inlineStr"/>
+      <c r="AF165" s="3" t="inlineStr"/>
+      <c r="AG165" s="3" t="inlineStr"/>
+      <c r="AH165" s="3" t="inlineStr"/>
+      <c r="AI165" s="3" t="inlineStr"/>
+      <c r="AJ165" s="3" t="inlineStr"/>
+      <c r="AK165" s="3" t="inlineStr"/>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr">
+        <is>
+          <t>David S.</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>Testagem Rápida</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F166" t="n">
+        <v>126</v>
+      </c>
+      <c r="G166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H166" s="3" t="inlineStr"/>
+      <c r="I166" s="3" t="inlineStr"/>
+      <c r="J166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O166" s="3" t="inlineStr"/>
+      <c r="P166" s="3" t="inlineStr"/>
+      <c r="Q166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V166" s="3" t="inlineStr"/>
+      <c r="W166" s="3" t="inlineStr"/>
+      <c r="X166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC166" s="3" t="inlineStr"/>
+      <c r="AD166" s="3" t="inlineStr"/>
+      <c r="AE166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI166" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ166" s="3" t="inlineStr"/>
+      <c r="AK166" s="3" t="inlineStr"/>
+    </row>
+    <row r="167">
+      <c r="A167" t="inlineStr">
+        <is>
+          <t>Gabriela L.</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>Testagem Rápida</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F167" t="n">
+        <v>6</v>
+      </c>
+      <c r="G167" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H167" s="3" t="inlineStr"/>
+      <c r="I167" s="3" t="inlineStr"/>
+      <c r="J167" s="3" t="inlineStr"/>
+      <c r="K167" s="3" t="inlineStr"/>
+      <c r="L167" s="3" t="inlineStr"/>
+      <c r="M167" s="3" t="inlineStr"/>
+      <c r="N167" s="3" t="inlineStr"/>
+      <c r="O167" s="3" t="inlineStr"/>
+      <c r="P167" s="3" t="inlineStr"/>
+      <c r="Q167" s="3" t="inlineStr"/>
+      <c r="R167" s="3" t="inlineStr"/>
+      <c r="S167" s="3" t="inlineStr"/>
+      <c r="T167" s="3" t="inlineStr"/>
+      <c r="U167" s="3" t="inlineStr"/>
+      <c r="V167" s="3" t="inlineStr"/>
+      <c r="W167" s="3" t="inlineStr"/>
+      <c r="X167" s="3" t="inlineStr"/>
+      <c r="Y167" s="3" t="inlineStr"/>
+      <c r="Z167" s="3" t="inlineStr"/>
+      <c r="AA167" s="3" t="inlineStr"/>
+      <c r="AB167" s="3" t="inlineStr"/>
+      <c r="AC167" s="3" t="inlineStr"/>
+      <c r="AD167" s="3" t="inlineStr"/>
+      <c r="AE167" s="3" t="inlineStr"/>
+      <c r="AF167" s="3" t="inlineStr"/>
+      <c r="AG167" s="3" t="inlineStr"/>
+      <c r="AH167" s="3" t="inlineStr"/>
+      <c r="AI167" s="3" t="inlineStr"/>
+      <c r="AJ167" s="3" t="inlineStr"/>
+      <c r="AK167" s="3" t="inlineStr"/>
+    </row>
+    <row r="168">
+      <c r="A168" t="inlineStr">
+        <is>
+          <t>Sara P.</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Médico Neonatologista</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>UCI Neonatal</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F168" t="n">
+        <v>156</v>
+      </c>
+      <c r="G168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H168" s="3" t="inlineStr"/>
+      <c r="I168" s="3" t="inlineStr"/>
+      <c r="J168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K168" s="3" t="inlineStr"/>
+      <c r="L168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M168" s="3" t="inlineStr"/>
+      <c r="N168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O168" s="3" t="inlineStr"/>
+      <c r="P168" s="3" t="inlineStr"/>
+      <c r="Q168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R168" s="3" t="inlineStr"/>
+      <c r="S168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T168" s="3" t="inlineStr"/>
+      <c r="U168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V168" s="3" t="inlineStr"/>
+      <c r="W168" s="3" t="inlineStr"/>
+      <c r="X168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y168" s="3" t="inlineStr"/>
+      <c r="Z168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA168" s="3" t="inlineStr"/>
+      <c r="AB168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC168" s="3" t="inlineStr"/>
+      <c r="AD168" s="3" t="inlineStr"/>
+      <c r="AE168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF168" s="3" t="inlineStr"/>
+      <c r="AG168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH168" s="3" t="inlineStr"/>
+      <c r="AI168" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ168" s="3" t="inlineStr"/>
+      <c r="AK168" s="3" t="inlineStr"/>
+    </row>
+    <row r="169">
+      <c r="A169" t="inlineStr">
+        <is>
+          <t>Izabel S.</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F169" t="n">
+        <v>144</v>
+      </c>
+      <c r="G169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H169" s="3" t="inlineStr"/>
+      <c r="I169" s="3" t="inlineStr"/>
+      <c r="J169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K169" s="3" t="inlineStr"/>
+      <c r="L169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M169" s="3" t="inlineStr"/>
+      <c r="N169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O169" s="3" t="inlineStr"/>
+      <c r="P169" s="3" t="inlineStr"/>
+      <c r="Q169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R169" s="3" t="inlineStr"/>
+      <c r="S169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T169" s="3" t="inlineStr"/>
+      <c r="U169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V169" s="3" t="inlineStr"/>
+      <c r="W169" s="3" t="inlineStr"/>
+      <c r="X169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y169" s="3" t="inlineStr"/>
+      <c r="Z169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA169" s="3" t="inlineStr"/>
+      <c r="AB169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC169" s="3" t="inlineStr"/>
+      <c r="AD169" s="3" t="inlineStr"/>
+      <c r="AE169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF169" s="3" t="inlineStr"/>
+      <c r="AG169" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH169" s="3" t="inlineStr"/>
+      <c r="AI169" s="3" t="inlineStr"/>
+      <c r="AJ169" s="3" t="inlineStr"/>
+      <c r="AK169" s="3" t="inlineStr"/>
+    </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>Leide A.</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F170" t="n">
+        <v>72</v>
+      </c>
+      <c r="G170" s="3" t="inlineStr"/>
+      <c r="H170" s="3" t="inlineStr"/>
+      <c r="I170" s="3" t="inlineStr"/>
+      <c r="J170" s="3" t="inlineStr"/>
+      <c r="K170" s="3" t="inlineStr"/>
+      <c r="L170" s="3" t="inlineStr"/>
+      <c r="M170" s="3" t="inlineStr"/>
+      <c r="N170" s="3" t="inlineStr"/>
+      <c r="O170" s="3" t="inlineStr"/>
+      <c r="P170" s="3" t="inlineStr"/>
+      <c r="Q170" s="3" t="inlineStr"/>
+      <c r="R170" s="3" t="inlineStr"/>
+      <c r="S170" s="3" t="inlineStr"/>
+      <c r="T170" s="3" t="inlineStr"/>
+      <c r="U170" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V170" s="3" t="inlineStr"/>
+      <c r="W170" s="3" t="inlineStr"/>
+      <c r="X170" s="3" t="inlineStr"/>
+      <c r="Y170" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z170" s="3" t="inlineStr"/>
+      <c r="AA170" s="3" t="inlineStr"/>
+      <c r="AB170" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC170" s="3" t="inlineStr"/>
+      <c r="AD170" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE170" s="3" t="inlineStr"/>
+      <c r="AF170" s="3" t="inlineStr"/>
+      <c r="AG170" s="3" t="inlineStr"/>
+      <c r="AH170" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI170" s="3" t="inlineStr"/>
+      <c r="AJ170" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AK170" s="3" t="inlineStr"/>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>Maria L.</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F171" t="n">
+        <v>84</v>
+      </c>
+      <c r="G171" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H171" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I171" s="3" t="inlineStr"/>
+      <c r="J171" s="3" t="inlineStr"/>
+      <c r="K171" s="3" t="inlineStr"/>
+      <c r="L171" s="3" t="inlineStr"/>
+      <c r="M171" s="3" t="inlineStr"/>
+      <c r="N171" s="3" t="inlineStr"/>
+      <c r="O171" s="3" t="inlineStr"/>
+      <c r="P171" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q171" s="3" t="inlineStr"/>
+      <c r="R171" s="3" t="inlineStr"/>
+      <c r="S171" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T171" s="3" t="inlineStr"/>
+      <c r="U171" s="3" t="inlineStr"/>
+      <c r="V171" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W171" s="3" t="inlineStr"/>
+      <c r="X171" s="3" t="inlineStr"/>
+      <c r="Y171" s="3" t="inlineStr"/>
+      <c r="Z171" s="3" t="inlineStr"/>
+      <c r="AA171" s="3" t="inlineStr"/>
+      <c r="AB171" s="3" t="inlineStr"/>
+      <c r="AC171" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD171" s="3" t="inlineStr"/>
+      <c r="AE171" s="3" t="inlineStr"/>
+      <c r="AF171" s="3" t="inlineStr"/>
+      <c r="AG171" s="3" t="inlineStr"/>
+      <c r="AH171" s="3" t="inlineStr"/>
+      <c r="AI171" s="3" t="inlineStr"/>
+      <c r="AJ171" s="3" t="inlineStr"/>
+      <c r="AK171" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>Maria S.</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F172" t="n">
+        <v>120</v>
+      </c>
+      <c r="G172" s="3" t="inlineStr"/>
+      <c r="H172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I172" s="3" t="inlineStr"/>
+      <c r="J172" s="3" t="inlineStr"/>
+      <c r="K172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L172" s="3" t="inlineStr"/>
+      <c r="M172" s="3" t="inlineStr"/>
+      <c r="N172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O172" s="3" t="inlineStr"/>
+      <c r="P172" s="3" t="inlineStr"/>
+      <c r="Q172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R172" s="3" t="inlineStr"/>
+      <c r="S172" s="3" t="inlineStr"/>
+      <c r="T172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U172" s="3" t="inlineStr"/>
+      <c r="V172" s="3" t="inlineStr"/>
+      <c r="W172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X172" s="3" t="inlineStr"/>
+      <c r="Y172" s="3" t="inlineStr"/>
+      <c r="Z172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA172" s="3" t="inlineStr"/>
+      <c r="AB172" s="3" t="inlineStr"/>
+      <c r="AC172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD172" s="3" t="inlineStr"/>
+      <c r="AE172" s="3" t="inlineStr"/>
+      <c r="AF172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG172" s="3" t="inlineStr"/>
+      <c r="AH172" s="3" t="inlineStr"/>
+      <c r="AI172" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ172" s="3" t="inlineStr"/>
+      <c r="AK172" s="3" t="inlineStr"/>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>Maria V.</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>MATERNIDADE</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F173" t="n">
+        <v>132</v>
+      </c>
+      <c r="G173" s="3" t="inlineStr"/>
+      <c r="H173" s="3" t="inlineStr"/>
+      <c r="I173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J173" s="3" t="inlineStr"/>
+      <c r="K173" s="3" t="inlineStr"/>
+      <c r="L173" s="3" t="inlineStr"/>
+      <c r="M173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N173" s="3" t="inlineStr"/>
+      <c r="O173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="P173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q173" s="3" t="inlineStr"/>
+      <c r="R173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S173" s="3" t="inlineStr"/>
+      <c r="T173" s="3" t="inlineStr"/>
+      <c r="U173" s="3" t="inlineStr"/>
+      <c r="V173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W173" s="3" t="inlineStr"/>
+      <c r="X173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y173" s="3" t="inlineStr"/>
+      <c r="Z173" s="3" t="inlineStr"/>
+      <c r="AA173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB173" s="3" t="inlineStr"/>
+      <c r="AC173" s="3" t="inlineStr"/>
+      <c r="AD173" s="3" t="inlineStr"/>
+      <c r="AE173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF173" s="3" t="inlineStr"/>
+      <c r="AG173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH173" s="3" t="inlineStr"/>
+      <c r="AI173" s="3" t="inlineStr"/>
+      <c r="AJ173" s="3" t="inlineStr"/>
+      <c r="AK173" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>Elly S.</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>Agente Administrativo/Digitação</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F174" t="n">
+        <v>84</v>
+      </c>
+      <c r="G174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="H174" s="3" t="inlineStr"/>
+      <c r="I174" s="3" t="inlineStr"/>
+      <c r="J174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="K174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="L174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="M174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="N174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="O174" s="3" t="inlineStr"/>
+      <c r="P174" s="3" t="inlineStr"/>
+      <c r="Q174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="R174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="S174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="T174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="U174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="V174" s="3" t="inlineStr"/>
+      <c r="W174" s="3" t="inlineStr"/>
+      <c r="X174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="Y174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="Z174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AA174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AB174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AC174" s="3" t="inlineStr"/>
+      <c r="AD174" s="3" t="inlineStr"/>
+      <c r="AE174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AF174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AG174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AH174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AI174" s="3" t="inlineStr">
+        <is>
+          <t>T4</t>
+        </is>
+      </c>
+      <c r="AJ174" s="3" t="inlineStr"/>
+      <c r="AK174" s="3" t="inlineStr"/>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>Irineia S.</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>Agente Administrativo/Digitação</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F175" t="n">
+        <v>8</v>
+      </c>
+      <c r="G175" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H175" s="3" t="inlineStr"/>
+      <c r="I175" s="3" t="inlineStr"/>
+      <c r="J175" s="3" t="inlineStr"/>
+      <c r="K175" s="3" t="inlineStr"/>
+      <c r="L175" s="3" t="inlineStr"/>
+      <c r="M175" s="3" t="inlineStr"/>
+      <c r="N175" s="3" t="inlineStr"/>
+      <c r="O175" s="3" t="inlineStr"/>
+      <c r="P175" s="3" t="inlineStr"/>
+      <c r="Q175" s="3" t="inlineStr"/>
+      <c r="R175" s="3" t="inlineStr"/>
+      <c r="S175" s="3" t="inlineStr"/>
+      <c r="T175" s="3" t="inlineStr"/>
+      <c r="U175" s="3" t="inlineStr"/>
+      <c r="V175" s="3" t="inlineStr"/>
+      <c r="W175" s="3" t="inlineStr"/>
+      <c r="X175" s="3" t="inlineStr"/>
+      <c r="Y175" s="3" t="inlineStr"/>
+      <c r="Z175" s="3" t="inlineStr"/>
+      <c r="AA175" s="3" t="inlineStr"/>
+      <c r="AB175" s="3" t="inlineStr"/>
+      <c r="AC175" s="3" t="inlineStr"/>
+      <c r="AD175" s="3" t="inlineStr"/>
+      <c r="AE175" s="3" t="inlineStr"/>
+      <c r="AF175" s="3" t="inlineStr"/>
+      <c r="AG175" s="3" t="inlineStr"/>
+      <c r="AH175" s="3" t="inlineStr"/>
+      <c r="AI175" s="3" t="inlineStr"/>
+      <c r="AJ175" s="3" t="inlineStr"/>
+      <c r="AK175" s="3" t="inlineStr"/>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>Samira L.</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>Agente Administrativo/Digitação</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F176" t="n">
+        <v>126</v>
+      </c>
+      <c r="G176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H176" s="3" t="inlineStr"/>
+      <c r="I176" s="3" t="inlineStr"/>
+      <c r="J176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O176" s="3" t="inlineStr"/>
+      <c r="P176" s="3" t="inlineStr"/>
+      <c r="Q176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V176" s="3" t="inlineStr"/>
+      <c r="W176" s="3" t="inlineStr"/>
+      <c r="X176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC176" s="3" t="inlineStr"/>
+      <c r="AD176" s="3" t="inlineStr"/>
+      <c r="AE176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI176" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ176" s="3" t="inlineStr"/>
+      <c r="AK176" s="3" t="inlineStr"/>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>Sebastiana A.</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>Agente Administrativo/Digitação</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F177" t="n">
+        <v>126</v>
+      </c>
+      <c r="G177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H177" s="3" t="inlineStr"/>
+      <c r="I177" s="3" t="inlineStr"/>
+      <c r="J177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O177" s="3" t="inlineStr"/>
+      <c r="P177" s="3" t="inlineStr"/>
+      <c r="Q177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V177" s="3" t="inlineStr"/>
+      <c r="W177" s="3" t="inlineStr"/>
+      <c r="X177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC177" s="3" t="inlineStr"/>
+      <c r="AD177" s="3" t="inlineStr"/>
+      <c r="AE177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI177" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ177" s="3" t="inlineStr"/>
+      <c r="AK177" s="3" t="inlineStr"/>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>Andressa L.</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F178" t="n">
+        <v>126</v>
+      </c>
+      <c r="G178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H178" s="3" t="inlineStr"/>
+      <c r="I178" s="3" t="inlineStr"/>
+      <c r="J178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O178" s="3" t="inlineStr"/>
+      <c r="P178" s="3" t="inlineStr"/>
+      <c r="Q178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V178" s="3" t="inlineStr"/>
+      <c r="W178" s="3" t="inlineStr"/>
+      <c r="X178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC178" s="3" t="inlineStr"/>
+      <c r="AD178" s="3" t="inlineStr"/>
+      <c r="AE178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI178" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ178" s="3" t="inlineStr"/>
+      <c r="AK178" s="3" t="inlineStr"/>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>Marcos C.</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F179" t="n">
+        <v>126</v>
+      </c>
+      <c r="G179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H179" s="3" t="inlineStr"/>
+      <c r="I179" s="3" t="inlineStr"/>
+      <c r="J179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O179" s="3" t="inlineStr"/>
+      <c r="P179" s="3" t="inlineStr"/>
+      <c r="Q179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V179" s="3" t="inlineStr"/>
+      <c r="W179" s="3" t="inlineStr"/>
+      <c r="X179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC179" s="3" t="inlineStr"/>
+      <c r="AD179" s="3" t="inlineStr"/>
+      <c r="AE179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI179" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ179" s="3" t="inlineStr"/>
+      <c r="AK179" s="3" t="inlineStr"/>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>Marcos C.</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F180" t="n">
+        <v>126</v>
+      </c>
+      <c r="G180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H180" s="3" t="inlineStr"/>
+      <c r="I180" s="3" t="inlineStr"/>
+      <c r="J180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O180" s="3" t="inlineStr"/>
+      <c r="P180" s="3" t="inlineStr"/>
+      <c r="Q180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V180" s="3" t="inlineStr"/>
+      <c r="W180" s="3" t="inlineStr"/>
+      <c r="X180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC180" s="3" t="inlineStr"/>
+      <c r="AD180" s="3" t="inlineStr"/>
+      <c r="AE180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI180" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ180" s="3" t="inlineStr"/>
+      <c r="AK180" s="3" t="inlineStr"/>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>Maria S.</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F181" t="n">
+        <v>126</v>
+      </c>
+      <c r="G181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H181" s="3" t="inlineStr"/>
+      <c r="I181" s="3" t="inlineStr"/>
+      <c r="J181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O181" s="3" t="inlineStr"/>
+      <c r="P181" s="3" t="inlineStr"/>
+      <c r="Q181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V181" s="3" t="inlineStr"/>
+      <c r="W181" s="3" t="inlineStr"/>
+      <c r="X181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC181" s="3" t="inlineStr"/>
+      <c r="AD181" s="3" t="inlineStr"/>
+      <c r="AE181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI181" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ181" s="3" t="inlineStr"/>
+      <c r="AK181" s="3" t="inlineStr"/>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>Raphael S.</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F182" t="n">
+        <v>126</v>
+      </c>
+      <c r="G182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H182" s="3" t="inlineStr"/>
+      <c r="I182" s="3" t="inlineStr"/>
+      <c r="J182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O182" s="3" t="inlineStr"/>
+      <c r="P182" s="3" t="inlineStr"/>
+      <c r="Q182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V182" s="3" t="inlineStr"/>
+      <c r="W182" s="3" t="inlineStr"/>
+      <c r="X182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC182" s="3" t="inlineStr"/>
+      <c r="AD182" s="3" t="inlineStr"/>
+      <c r="AE182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI182" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ182" s="3" t="inlineStr"/>
+      <c r="AK182" s="3" t="inlineStr"/>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>Valeska L.</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F183" t="n">
+        <v>126</v>
+      </c>
+      <c r="G183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H183" s="3" t="inlineStr"/>
+      <c r="I183" s="3" t="inlineStr"/>
+      <c r="J183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O183" s="3" t="inlineStr"/>
+      <c r="P183" s="3" t="inlineStr"/>
+      <c r="Q183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V183" s="3" t="inlineStr"/>
+      <c r="W183" s="3" t="inlineStr"/>
+      <c r="X183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC183" s="3" t="inlineStr"/>
+      <c r="AD183" s="3" t="inlineStr"/>
+      <c r="AE183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI183" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ183" s="3" t="inlineStr"/>
+      <c r="AK183" s="3" t="inlineStr"/>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>Yslanne B.</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Biomédico/Bioquímico</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F184" t="n">
+        <v>126</v>
+      </c>
+      <c r="G184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H184" s="3" t="inlineStr"/>
+      <c r="I184" s="3" t="inlineStr"/>
+      <c r="J184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O184" s="3" t="inlineStr"/>
+      <c r="P184" s="3" t="inlineStr"/>
+      <c r="Q184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V184" s="3" t="inlineStr"/>
+      <c r="W184" s="3" t="inlineStr"/>
+      <c r="X184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC184" s="3" t="inlineStr"/>
+      <c r="AD184" s="3" t="inlineStr"/>
+      <c r="AE184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI184" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ184" s="3" t="inlineStr"/>
+      <c r="AK184" s="3" t="inlineStr"/>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>Kesia A.</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Coordenador</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F185" t="n">
+        <v>66</v>
+      </c>
+      <c r="G185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H185" s="3" t="inlineStr"/>
+      <c r="I185" s="3" t="inlineStr"/>
+      <c r="J185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O185" s="3" t="inlineStr"/>
+      <c r="P185" s="3" t="inlineStr"/>
+      <c r="Q185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U185" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V185" s="3" t="inlineStr"/>
+      <c r="W185" s="3" t="inlineStr"/>
+      <c r="X185" s="3" t="inlineStr"/>
+      <c r="Y185" s="3" t="inlineStr"/>
+      <c r="Z185" s="3" t="inlineStr"/>
+      <c r="AA185" s="3" t="inlineStr"/>
+      <c r="AB185" s="3" t="inlineStr"/>
+      <c r="AC185" s="3" t="inlineStr"/>
+      <c r="AD185" s="3" t="inlineStr"/>
+      <c r="AE185" s="3" t="inlineStr"/>
+      <c r="AF185" s="3" t="inlineStr"/>
+      <c r="AG185" s="3" t="inlineStr"/>
+      <c r="AH185" s="3" t="inlineStr"/>
+      <c r="AI185" s="3" t="inlineStr"/>
+      <c r="AJ185" s="3" t="inlineStr"/>
+      <c r="AK185" s="3" t="inlineStr"/>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>Ademildo S.</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F186" t="n">
+        <v>126</v>
+      </c>
+      <c r="G186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H186" s="3" t="inlineStr"/>
+      <c r="I186" s="3" t="inlineStr"/>
+      <c r="J186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O186" s="3" t="inlineStr"/>
+      <c r="P186" s="3" t="inlineStr"/>
+      <c r="Q186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V186" s="3" t="inlineStr"/>
+      <c r="W186" s="3" t="inlineStr"/>
+      <c r="X186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC186" s="3" t="inlineStr"/>
+      <c r="AD186" s="3" t="inlineStr"/>
+      <c r="AE186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI186" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ186" s="3" t="inlineStr"/>
+      <c r="AK186" s="3" t="inlineStr"/>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>Anailton M.</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F187" t="n">
+        <v>126</v>
+      </c>
+      <c r="G187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H187" s="3" t="inlineStr"/>
+      <c r="I187" s="3" t="inlineStr"/>
+      <c r="J187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O187" s="3" t="inlineStr"/>
+      <c r="P187" s="3" t="inlineStr"/>
+      <c r="Q187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V187" s="3" t="inlineStr"/>
+      <c r="W187" s="3" t="inlineStr"/>
+      <c r="X187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC187" s="3" t="inlineStr"/>
+      <c r="AD187" s="3" t="inlineStr"/>
+      <c r="AE187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI187" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ187" s="3" t="inlineStr"/>
+      <c r="AK187" s="3" t="inlineStr"/>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>Cleverson R.</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F188" t="n">
+        <v>126</v>
+      </c>
+      <c r="G188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H188" s="3" t="inlineStr"/>
+      <c r="I188" s="3" t="inlineStr"/>
+      <c r="J188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O188" s="3" t="inlineStr"/>
+      <c r="P188" s="3" t="inlineStr"/>
+      <c r="Q188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V188" s="3" t="inlineStr"/>
+      <c r="W188" s="3" t="inlineStr"/>
+      <c r="X188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC188" s="3" t="inlineStr"/>
+      <c r="AD188" s="3" t="inlineStr"/>
+      <c r="AE188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI188" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ188" s="3" t="inlineStr"/>
+      <c r="AK188" s="3" t="inlineStr"/>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>Iana J.</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F189" t="n">
+        <v>126</v>
+      </c>
+      <c r="G189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H189" s="3" t="inlineStr"/>
+      <c r="I189" s="3" t="inlineStr"/>
+      <c r="J189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O189" s="3" t="inlineStr"/>
+      <c r="P189" s="3" t="inlineStr"/>
+      <c r="Q189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V189" s="3" t="inlineStr"/>
+      <c r="W189" s="3" t="inlineStr"/>
+      <c r="X189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC189" s="3" t="inlineStr"/>
+      <c r="AD189" s="3" t="inlineStr"/>
+      <c r="AE189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI189" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ189" s="3" t="inlineStr"/>
+      <c r="AK189" s="3" t="inlineStr"/>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>Julian C.</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F190" t="n">
+        <v>66</v>
+      </c>
+      <c r="G190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H190" s="3" t="inlineStr"/>
+      <c r="I190" s="3" t="inlineStr"/>
+      <c r="J190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O190" s="3" t="inlineStr"/>
+      <c r="P190" s="3" t="inlineStr"/>
+      <c r="Q190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U190" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V190" s="3" t="inlineStr"/>
+      <c r="W190" s="3" t="inlineStr"/>
+      <c r="X190" s="3" t="inlineStr"/>
+      <c r="Y190" s="3" t="inlineStr"/>
+      <c r="Z190" s="3" t="inlineStr"/>
+      <c r="AA190" s="3" t="inlineStr"/>
+      <c r="AB190" s="3" t="inlineStr"/>
+      <c r="AC190" s="3" t="inlineStr"/>
+      <c r="AD190" s="3" t="inlineStr"/>
+      <c r="AE190" s="3" t="inlineStr"/>
+      <c r="AF190" s="3" t="inlineStr"/>
+      <c r="AG190" s="3" t="inlineStr"/>
+      <c r="AH190" s="3" t="inlineStr"/>
+      <c r="AI190" s="3" t="inlineStr"/>
+      <c r="AJ190" s="3" t="inlineStr"/>
+      <c r="AK190" s="3" t="inlineStr"/>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>Kesia A.</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F191" t="n">
+        <v>66</v>
+      </c>
+      <c r="G191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H191" s="3" t="inlineStr"/>
+      <c r="I191" s="3" t="inlineStr"/>
+      <c r="J191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O191" s="3" t="inlineStr"/>
+      <c r="P191" s="3" t="inlineStr"/>
+      <c r="Q191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U191" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V191" s="3" t="inlineStr"/>
+      <c r="W191" s="3" t="inlineStr"/>
+      <c r="X191" s="3" t="inlineStr"/>
+      <c r="Y191" s="3" t="inlineStr"/>
+      <c r="Z191" s="3" t="inlineStr"/>
+      <c r="AA191" s="3" t="inlineStr"/>
+      <c r="AB191" s="3" t="inlineStr"/>
+      <c r="AC191" s="3" t="inlineStr"/>
+      <c r="AD191" s="3" t="inlineStr"/>
+      <c r="AE191" s="3" t="inlineStr"/>
+      <c r="AF191" s="3" t="inlineStr"/>
+      <c r="AG191" s="3" t="inlineStr"/>
+      <c r="AH191" s="3" t="inlineStr"/>
+      <c r="AI191" s="3" t="inlineStr"/>
+      <c r="AJ191" s="3" t="inlineStr"/>
+      <c r="AK191" s="3" t="inlineStr"/>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>Milena L.</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F192" t="n">
+        <v>126</v>
+      </c>
+      <c r="G192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H192" s="3" t="inlineStr"/>
+      <c r="I192" s="3" t="inlineStr"/>
+      <c r="J192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O192" s="3" t="inlineStr"/>
+      <c r="P192" s="3" t="inlineStr"/>
+      <c r="Q192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V192" s="3" t="inlineStr"/>
+      <c r="W192" s="3" t="inlineStr"/>
+      <c r="X192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC192" s="3" t="inlineStr"/>
+      <c r="AD192" s="3" t="inlineStr"/>
+      <c r="AE192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI192" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ192" s="3" t="inlineStr"/>
+      <c r="AK192" s="3" t="inlineStr"/>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>Shirley C.</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F193" t="n">
+        <v>126</v>
+      </c>
+      <c r="G193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H193" s="3" t="inlineStr"/>
+      <c r="I193" s="3" t="inlineStr"/>
+      <c r="J193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O193" s="3" t="inlineStr"/>
+      <c r="P193" s="3" t="inlineStr"/>
+      <c r="Q193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V193" s="3" t="inlineStr"/>
+      <c r="W193" s="3" t="inlineStr"/>
+      <c r="X193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC193" s="3" t="inlineStr"/>
+      <c r="AD193" s="3" t="inlineStr"/>
+      <c r="AE193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI193" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ193" s="3" t="inlineStr"/>
+      <c r="AK193" s="3" t="inlineStr"/>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>Suzana R.</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F194" t="n">
+        <v>126</v>
+      </c>
+      <c r="G194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H194" s="3" t="inlineStr"/>
+      <c r="I194" s="3" t="inlineStr"/>
+      <c r="J194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O194" s="3" t="inlineStr"/>
+      <c r="P194" s="3" t="inlineStr"/>
+      <c r="Q194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V194" s="3" t="inlineStr"/>
+      <c r="W194" s="3" t="inlineStr"/>
+      <c r="X194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC194" s="3" t="inlineStr"/>
+      <c r="AD194" s="3" t="inlineStr"/>
+      <c r="AE194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI194" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ194" s="3" t="inlineStr"/>
+      <c r="AK194" s="3" t="inlineStr"/>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>Wirllan S.</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F195" t="n">
+        <v>168</v>
+      </c>
+      <c r="G195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="H195" s="3" t="inlineStr"/>
+      <c r="I195" s="3" t="inlineStr"/>
+      <c r="J195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="K195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="L195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="M195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="N195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="O195" s="3" t="inlineStr"/>
+      <c r="P195" s="3" t="inlineStr"/>
+      <c r="Q195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="R195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="S195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="T195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="U195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="V195" s="3" t="inlineStr"/>
+      <c r="W195" s="3" t="inlineStr"/>
+      <c r="X195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="Y195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="Z195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AA195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AB195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AC195" s="3" t="inlineStr"/>
+      <c r="AD195" s="3" t="inlineStr"/>
+      <c r="AE195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AF195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AG195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AH195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AI195" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AJ195" s="3" t="inlineStr"/>
+      <c r="AK195" s="3" t="inlineStr"/>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>Diemes L.</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F196" t="n">
+        <v>160</v>
+      </c>
+      <c r="G196" s="3" t="inlineStr"/>
+      <c r="H196" s="3" t="inlineStr"/>
+      <c r="I196" s="3" t="inlineStr"/>
+      <c r="J196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O196" s="3" t="inlineStr"/>
+      <c r="P196" s="3" t="inlineStr"/>
+      <c r="Q196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V196" s="3" t="inlineStr"/>
+      <c r="W196" s="3" t="inlineStr"/>
+      <c r="X196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC196" s="3" t="inlineStr"/>
+      <c r="AD196" s="3" t="inlineStr"/>
+      <c r="AE196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI196" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ196" s="3" t="inlineStr"/>
+      <c r="AK196" s="3" t="inlineStr"/>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>Maria D.</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F197" t="n">
+        <v>120</v>
+      </c>
+      <c r="G197" s="3" t="inlineStr"/>
+      <c r="H197" s="3" t="inlineStr"/>
+      <c r="I197" s="3" t="inlineStr"/>
+      <c r="J197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O197" s="3" t="inlineStr"/>
+      <c r="P197" s="3" t="inlineStr"/>
+      <c r="Q197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V197" s="3" t="inlineStr"/>
+      <c r="W197" s="3" t="inlineStr"/>
+      <c r="X197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC197" s="3" t="inlineStr"/>
+      <c r="AD197" s="3" t="inlineStr"/>
+      <c r="AE197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI197" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ197" s="3" t="inlineStr"/>
+      <c r="AK197" s="3" t="inlineStr"/>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>Weima B.</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F198" t="n">
+        <v>120</v>
+      </c>
+      <c r="G198" s="3" t="inlineStr"/>
+      <c r="H198" s="3" t="inlineStr"/>
+      <c r="I198" s="3" t="inlineStr"/>
+      <c r="J198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O198" s="3" t="inlineStr"/>
+      <c r="P198" s="3" t="inlineStr"/>
+      <c r="Q198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V198" s="3" t="inlineStr"/>
+      <c r="W198" s="3" t="inlineStr"/>
+      <c r="X198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC198" s="3" t="inlineStr"/>
+      <c r="AD198" s="3" t="inlineStr"/>
+      <c r="AE198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI198" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ198" s="3" t="inlineStr"/>
+      <c r="AK198" s="3" t="inlineStr"/>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>Eunice S.</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>Coordenador</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>Vigilância Epidemiológica</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>POLICLÍNICA TUCUMÃ</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F199" t="n">
+        <v>160</v>
+      </c>
+      <c r="G199" s="3" t="inlineStr"/>
+      <c r="H199" s="3" t="inlineStr"/>
+      <c r="I199" s="3" t="inlineStr"/>
+      <c r="J199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O199" s="3" t="inlineStr"/>
+      <c r="P199" s="3" t="inlineStr"/>
+      <c r="Q199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V199" s="3" t="inlineStr"/>
+      <c r="W199" s="3" t="inlineStr"/>
+      <c r="X199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC199" s="3" t="inlineStr"/>
+      <c r="AD199" s="3" t="inlineStr"/>
+      <c r="AE199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI199" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ199" s="3" t="inlineStr"/>
+      <c r="AK199" s="3" t="inlineStr"/>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>Maria G.</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>Central Estadual de Abastecimento e Distribuição de Imunobio</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F200" t="n">
+        <v>168</v>
+      </c>
+      <c r="G200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H200" s="3" t="inlineStr"/>
+      <c r="I200" s="3" t="inlineStr"/>
+      <c r="J200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O200" s="3" t="inlineStr"/>
+      <c r="P200" s="3" t="inlineStr"/>
+      <c r="Q200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V200" s="3" t="inlineStr"/>
+      <c r="W200" s="3" t="inlineStr"/>
+      <c r="X200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC200" s="3" t="inlineStr"/>
+      <c r="AD200" s="3" t="inlineStr"/>
+      <c r="AE200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI200" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ200" s="3" t="inlineStr"/>
+      <c r="AK200" s="3" t="inlineStr"/>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>Vitoria L.</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>Central Estadual de Abastecimento e Distribuição de Imunobio</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>Terceirizado</t>
+        </is>
+      </c>
+      <c r="F201" t="n">
+        <v>168</v>
+      </c>
+      <c r="G201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H201" s="3" t="inlineStr"/>
+      <c r="I201" s="3" t="inlineStr"/>
+      <c r="J201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O201" s="3" t="inlineStr"/>
+      <c r="P201" s="3" t="inlineStr"/>
+      <c r="Q201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V201" s="3" t="inlineStr"/>
+      <c r="W201" s="3" t="inlineStr"/>
+      <c r="X201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC201" s="3" t="inlineStr"/>
+      <c r="AD201" s="3" t="inlineStr"/>
+      <c r="AE201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI201" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ201" s="3" t="inlineStr"/>
+      <c r="AK201" s="3" t="inlineStr"/>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>Rafael M.</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Coordenador</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>Central Estadual de Abastecimento e Distribuição de Imunobio</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F202" t="n">
+        <v>168</v>
+      </c>
+      <c r="G202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H202" s="3" t="inlineStr"/>
+      <c r="I202" s="3" t="inlineStr"/>
+      <c r="J202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O202" s="3" t="inlineStr"/>
+      <c r="P202" s="3" t="inlineStr"/>
+      <c r="Q202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V202" s="3" t="inlineStr"/>
+      <c r="W202" s="3" t="inlineStr"/>
+      <c r="X202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC202" s="3" t="inlineStr"/>
+      <c r="AD202" s="3" t="inlineStr"/>
+      <c r="AE202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI202" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ202" s="3" t="inlineStr"/>
+      <c r="AK202" s="3" t="inlineStr"/>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>Katy P.</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>CRIE - SEDE</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F203" t="n">
+        <v>60</v>
+      </c>
+      <c r="G203" s="3" t="inlineStr"/>
+      <c r="H203" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I203" s="3" t="inlineStr"/>
+      <c r="J203" s="3" t="inlineStr"/>
+      <c r="K203" s="3" t="inlineStr"/>
+      <c r="L203" s="3" t="inlineStr"/>
+      <c r="M203" s="3" t="inlineStr"/>
+      <c r="N203" s="3" t="inlineStr"/>
+      <c r="O203" s="3" t="inlineStr"/>
+      <c r="P203" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q203" s="3" t="inlineStr"/>
+      <c r="R203" s="3" t="inlineStr"/>
+      <c r="S203" s="3" t="inlineStr"/>
+      <c r="T203" s="3" t="inlineStr"/>
+      <c r="U203" s="3" t="inlineStr"/>
+      <c r="V203" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W203" s="3" t="inlineStr"/>
+      <c r="X203" s="3" t="inlineStr"/>
+      <c r="Y203" s="3" t="inlineStr"/>
+      <c r="Z203" s="3" t="inlineStr"/>
+      <c r="AA203" s="3" t="inlineStr"/>
+      <c r="AB203" s="3" t="inlineStr"/>
+      <c r="AC203" s="3" t="inlineStr"/>
+      <c r="AD203" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE203" s="3" t="inlineStr"/>
+      <c r="AF203" s="3" t="inlineStr"/>
+      <c r="AG203" s="3" t="inlineStr"/>
+      <c r="AH203" s="3" t="inlineStr"/>
+      <c r="AI203" s="3" t="inlineStr"/>
+      <c r="AJ203" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK203" s="3" t="inlineStr"/>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>Maria F.</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>CRIE - SEDE</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F204" t="n">
+        <v>60</v>
+      </c>
+      <c r="G204" s="3" t="inlineStr"/>
+      <c r="H204" s="3" t="inlineStr"/>
+      <c r="I204" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J204" s="3" t="inlineStr"/>
+      <c r="K204" s="3" t="inlineStr"/>
+      <c r="L204" s="3" t="inlineStr"/>
+      <c r="M204" s="3" t="inlineStr"/>
+      <c r="N204" s="3" t="inlineStr"/>
+      <c r="O204" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P204" s="3" t="inlineStr"/>
+      <c r="Q204" s="3" t="inlineStr"/>
+      <c r="R204" s="3" t="inlineStr"/>
+      <c r="S204" s="3" t="inlineStr"/>
+      <c r="T204" s="3" t="inlineStr"/>
+      <c r="U204" s="3" t="inlineStr"/>
+      <c r="V204" s="3" t="inlineStr"/>
+      <c r="W204" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X204" s="3" t="inlineStr"/>
+      <c r="Y204" s="3" t="inlineStr"/>
+      <c r="Z204" s="3" t="inlineStr"/>
+      <c r="AA204" s="3" t="inlineStr"/>
+      <c r="AB204" s="3" t="inlineStr"/>
+      <c r="AC204" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD204" s="3" t="inlineStr"/>
+      <c r="AE204" s="3" t="inlineStr"/>
+      <c r="AF204" s="3" t="inlineStr"/>
+      <c r="AG204" s="3" t="inlineStr"/>
+      <c r="AH204" s="3" t="inlineStr"/>
+      <c r="AI204" s="3" t="inlineStr"/>
+      <c r="AJ204" s="3" t="inlineStr"/>
+      <c r="AK204" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>Debora T.</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F205" t="n">
+        <v>126</v>
+      </c>
+      <c r="G205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H205" s="3" t="inlineStr"/>
+      <c r="I205" s="3" t="inlineStr"/>
+      <c r="J205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O205" s="3" t="inlineStr"/>
+      <c r="P205" s="3" t="inlineStr"/>
+      <c r="Q205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V205" s="3" t="inlineStr"/>
+      <c r="W205" s="3" t="inlineStr"/>
+      <c r="X205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC205" s="3" t="inlineStr"/>
+      <c r="AD205" s="3" t="inlineStr"/>
+      <c r="AE205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI205" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ205" s="3" t="inlineStr"/>
+      <c r="AK205" s="3" t="inlineStr"/>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>Monica A.</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F206" t="n">
+        <v>210</v>
+      </c>
+      <c r="G206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="H206" s="3" t="inlineStr"/>
+      <c r="I206" s="3" t="inlineStr"/>
+      <c r="J206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="K206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="L206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="M206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="N206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="O206" s="3" t="inlineStr"/>
+      <c r="P206" s="3" t="inlineStr"/>
+      <c r="Q206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="R206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="S206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="T206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="U206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="V206" s="3" t="inlineStr"/>
+      <c r="W206" s="3" t="inlineStr"/>
+      <c r="X206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="Y206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="Z206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AA206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AB206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AC206" s="3" t="inlineStr"/>
+      <c r="AD206" s="3" t="inlineStr"/>
+      <c r="AE206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AF206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AG206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AH206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AI206" s="3" t="inlineStr">
+        <is>
+          <t>M6/T4</t>
+        </is>
+      </c>
+      <c r="AJ206" s="3" t="inlineStr"/>
+      <c r="AK206" s="3" t="inlineStr"/>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>Roberta C.</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>Agente Administrativo</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>Cargo em Comissão</t>
+        </is>
+      </c>
+      <c r="F207" t="n">
+        <v>168</v>
+      </c>
+      <c r="G207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="H207" s="3" t="inlineStr"/>
+      <c r="I207" s="3" t="inlineStr"/>
+      <c r="J207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="K207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="L207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="M207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="N207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="O207" s="3" t="inlineStr"/>
+      <c r="P207" s="3" t="inlineStr"/>
+      <c r="Q207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="R207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="S207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="T207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="U207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="V207" s="3" t="inlineStr"/>
+      <c r="W207" s="3" t="inlineStr"/>
+      <c r="X207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Y207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="Z207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AA207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AB207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AC207" s="3" t="inlineStr"/>
+      <c r="AD207" s="3" t="inlineStr"/>
+      <c r="AE207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AF207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AG207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AH207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AI207" s="3" t="inlineStr">
+        <is>
+          <t>M4/T4</t>
+        </is>
+      </c>
+      <c r="AJ207" s="3" t="inlineStr"/>
+      <c r="AK207" s="3" t="inlineStr"/>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>Francisca C.</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>Enfermeiro - Equipe Técnico Científica</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F208" t="n">
+        <v>168</v>
+      </c>
+      <c r="G208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="H208" s="3" t="inlineStr"/>
+      <c r="I208" s="3" t="inlineStr"/>
+      <c r="J208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="K208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="L208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="M208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="N208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="O208" s="3" t="inlineStr"/>
+      <c r="P208" s="3" t="inlineStr"/>
+      <c r="Q208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="R208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="S208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="T208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="U208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="V208" s="3" t="inlineStr"/>
+      <c r="W208" s="3" t="inlineStr"/>
+      <c r="X208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="Y208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="Z208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AA208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AB208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AC208" s="3" t="inlineStr"/>
+      <c r="AD208" s="3" t="inlineStr"/>
+      <c r="AE208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AF208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AG208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AH208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AI208" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AJ208" s="3" t="inlineStr"/>
+      <c r="AK208" s="3" t="inlineStr"/>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>Margareth F.</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>Enfermeiro - Equipe Técnico Científica</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>DIVISÃO ESTADUAL DE IMUNIZAÇÕES -  DIVIM</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F209" t="n">
+        <v>168</v>
+      </c>
+      <c r="G209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="H209" s="3" t="inlineStr"/>
+      <c r="I209" s="3" t="inlineStr"/>
+      <c r="J209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="K209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="L209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="M209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="N209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="O209" s="3" t="inlineStr"/>
+      <c r="P209" s="3" t="inlineStr"/>
+      <c r="Q209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="R209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="S209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="T209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="U209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="V209" s="3" t="inlineStr"/>
+      <c r="W209" s="3" t="inlineStr"/>
+      <c r="X209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="Y209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="Z209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AA209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AB209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AC209" s="3" t="inlineStr"/>
+      <c r="AD209" s="3" t="inlineStr"/>
+      <c r="AE209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AF209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AG209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AH209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AI209" s="3" t="inlineStr">
+        <is>
+          <t>T4/M4</t>
+        </is>
+      </c>
+      <c r="AJ209" s="3" t="inlineStr"/>
+      <c r="AK209" s="3" t="inlineStr"/>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>Francisca S.</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>Vacinação Assistida</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F210" t="n">
+        <v>24</v>
+      </c>
+      <c r="G210" s="3" t="inlineStr"/>
+      <c r="H210" s="3" t="inlineStr"/>
+      <c r="I210" s="3" t="inlineStr"/>
+      <c r="J210" s="3" t="inlineStr"/>
+      <c r="K210" s="3" t="inlineStr"/>
+      <c r="L210" s="3" t="inlineStr"/>
+      <c r="M210" s="3" t="inlineStr"/>
+      <c r="N210" s="3" t="inlineStr"/>
+      <c r="O210" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P210" s="3" t="inlineStr"/>
+      <c r="Q210" s="3" t="inlineStr"/>
+      <c r="R210" s="3" t="inlineStr"/>
+      <c r="S210" s="3" t="inlineStr"/>
+      <c r="T210" s="3" t="inlineStr"/>
+      <c r="U210" s="3" t="inlineStr"/>
+      <c r="V210" s="3" t="inlineStr"/>
+      <c r="W210" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X210" s="3" t="inlineStr"/>
+      <c r="Y210" s="3" t="inlineStr"/>
+      <c r="Z210" s="3" t="inlineStr"/>
+      <c r="AA210" s="3" t="inlineStr"/>
+      <c r="AB210" s="3" t="inlineStr"/>
+      <c r="AC210" s="3" t="inlineStr"/>
+      <c r="AD210" s="3" t="inlineStr"/>
+      <c r="AE210" s="3" t="inlineStr"/>
+      <c r="AF210" s="3" t="inlineStr"/>
+      <c r="AG210" s="3" t="inlineStr"/>
+      <c r="AH210" s="3" t="inlineStr"/>
+      <c r="AI210" s="3" t="inlineStr"/>
+      <c r="AJ210" s="3" t="inlineStr"/>
+      <c r="AK210" s="3" t="inlineStr"/>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>Sandra O.</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>Vacinação Assistida</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>PROGRAMA NACIONAL DE IMUNIZAÇÃO</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F211" t="n">
+        <v>36</v>
+      </c>
+      <c r="G211" s="3" t="inlineStr"/>
+      <c r="H211" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I211" s="3" t="inlineStr"/>
+      <c r="J211" s="3" t="inlineStr"/>
+      <c r="K211" s="3" t="inlineStr"/>
+      <c r="L211" s="3" t="inlineStr"/>
+      <c r="M211" s="3" t="inlineStr"/>
+      <c r="N211" s="3" t="inlineStr"/>
+      <c r="O211" s="3" t="inlineStr"/>
+      <c r="P211" s="3" t="inlineStr"/>
+      <c r="Q211" s="3" t="inlineStr"/>
+      <c r="R211" s="3" t="inlineStr"/>
+      <c r="S211" s="3" t="inlineStr"/>
+      <c r="T211" s="3" t="inlineStr"/>
+      <c r="U211" s="3" t="inlineStr"/>
+      <c r="V211" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W211" s="3" t="inlineStr"/>
+      <c r="X211" s="3" t="inlineStr"/>
+      <c r="Y211" s="3" t="inlineStr"/>
+      <c r="Z211" s="3" t="inlineStr"/>
+      <c r="AA211" s="3" t="inlineStr"/>
+      <c r="AB211" s="3" t="inlineStr"/>
+      <c r="AC211" s="3" t="inlineStr"/>
+      <c r="AD211" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE211" s="3" t="inlineStr"/>
+      <c r="AF211" s="3" t="inlineStr"/>
+      <c r="AG211" s="3" t="inlineStr"/>
+      <c r="AH211" s="3" t="inlineStr"/>
+      <c r="AI211" s="3" t="inlineStr"/>
+      <c r="AJ211" s="3" t="inlineStr"/>
+      <c r="AK211" s="3" t="inlineStr"/>
+    </row>
+    <row r="212">
+      <c r="A212" t="inlineStr">
+        <is>
+          <t>Maria H.</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>Ambulatório</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>SERVICO ESPECIALIZADO EM DERMATOLOGIA</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F212" t="n">
+        <v>70</v>
+      </c>
+      <c r="G212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H212" s="3" t="inlineStr"/>
+      <c r="I212" s="3" t="inlineStr"/>
+      <c r="J212" s="3" t="inlineStr"/>
+      <c r="K212" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="L212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M212" s="3" t="inlineStr"/>
+      <c r="N212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O212" s="3" t="inlineStr"/>
+      <c r="P212" s="3" t="inlineStr"/>
+      <c r="Q212" s="3" t="inlineStr"/>
+      <c r="R212" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="S212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T212" s="3" t="inlineStr"/>
+      <c r="U212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V212" s="3" t="inlineStr"/>
+      <c r="W212" s="3" t="inlineStr"/>
+      <c r="X212" s="3" t="inlineStr"/>
+      <c r="Y212" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Z212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA212" s="3" t="inlineStr"/>
+      <c r="AB212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC212" s="3" t="inlineStr"/>
+      <c r="AD212" s="3" t="inlineStr"/>
+      <c r="AE212" s="3" t="inlineStr"/>
+      <c r="AF212" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AG212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH212" s="3" t="inlineStr"/>
+      <c r="AI212" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ212" s="3" t="inlineStr"/>
+      <c r="AK212" s="3" t="inlineStr"/>
+    </row>
+    <row r="213">
+      <c r="A213" t="inlineStr">
+        <is>
+          <t>Juliana S.</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>Centro Cirúrgico</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>SERVICO ESPECIALIZADO EM DERMATOLOGIA</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F213" t="n">
+        <v>126</v>
+      </c>
+      <c r="G213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H213" s="3" t="inlineStr"/>
+      <c r="I213" s="3" t="inlineStr"/>
+      <c r="J213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O213" s="3" t="inlineStr"/>
+      <c r="P213" s="3" t="inlineStr"/>
+      <c r="Q213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V213" s="3" t="inlineStr"/>
+      <c r="W213" s="3" t="inlineStr"/>
+      <c r="X213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC213" s="3" t="inlineStr"/>
+      <c r="AD213" s="3" t="inlineStr"/>
+      <c r="AE213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI213" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ213" s="3" t="inlineStr"/>
+      <c r="AK213" s="3" t="inlineStr"/>
+    </row>
+    <row r="214">
+      <c r="A214" t="inlineStr">
+        <is>
+          <t>Maria H.</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>Centro Cirúrgico</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>SERVICO ESPECIALIZADO EM DERMATOLOGIA</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F214" t="n">
+        <v>16</v>
+      </c>
+      <c r="G214" s="3" t="inlineStr"/>
+      <c r="H214" s="3" t="inlineStr"/>
+      <c r="I214" s="3" t="inlineStr"/>
+      <c r="J214" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="K214" s="3" t="inlineStr"/>
+      <c r="L214" s="3" t="inlineStr"/>
+      <c r="M214" s="3" t="inlineStr"/>
+      <c r="N214" s="3" t="inlineStr"/>
+      <c r="O214" s="3" t="inlineStr"/>
+      <c r="P214" s="3" t="inlineStr"/>
+      <c r="Q214" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="R214" s="3" t="inlineStr"/>
+      <c r="S214" s="3" t="inlineStr"/>
+      <c r="T214" s="3" t="inlineStr"/>
+      <c r="U214" s="3" t="inlineStr"/>
+      <c r="V214" s="3" t="inlineStr"/>
+      <c r="W214" s="3" t="inlineStr"/>
+      <c r="X214" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="Y214" s="3" t="inlineStr"/>
+      <c r="Z214" s="3" t="inlineStr"/>
+      <c r="AA214" s="3" t="inlineStr"/>
+      <c r="AB214" s="3" t="inlineStr"/>
+      <c r="AC214" s="3" t="inlineStr"/>
+      <c r="AD214" s="3" t="inlineStr"/>
+      <c r="AE214" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="AF214" s="3" t="inlineStr"/>
+      <c r="AG214" s="3" t="inlineStr"/>
+      <c r="AH214" s="3" t="inlineStr"/>
+      <c r="AI214" s="3" t="inlineStr"/>
+      <c r="AJ214" s="3" t="inlineStr"/>
+      <c r="AK214" s="3" t="inlineStr"/>
+    </row>
+    <row r="215">
+      <c r="A215" t="inlineStr">
+        <is>
+          <t>Jorge F.</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>Clínica Médica/Ambulatório</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA ANA NERY</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F215" t="n">
+        <v>96</v>
+      </c>
+      <c r="G215" s="3" t="inlineStr"/>
+      <c r="H215" s="3" t="inlineStr"/>
+      <c r="I215" s="3" t="inlineStr"/>
+      <c r="J215" s="3" t="inlineStr"/>
+      <c r="K215" s="3" t="inlineStr"/>
+      <c r="L215" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="M215" s="3" t="inlineStr"/>
+      <c r="N215" s="3" t="inlineStr"/>
+      <c r="O215" s="3" t="inlineStr"/>
+      <c r="P215" s="3" t="inlineStr"/>
+      <c r="Q215" s="3" t="inlineStr"/>
+      <c r="R215" s="3" t="inlineStr"/>
+      <c r="S215" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="T215" s="3" t="inlineStr"/>
+      <c r="U215" s="3" t="inlineStr"/>
+      <c r="V215" s="3" t="inlineStr"/>
+      <c r="W215" s="3" t="inlineStr"/>
+      <c r="X215" s="3" t="inlineStr"/>
+      <c r="Y215" s="3" t="inlineStr"/>
+      <c r="Z215" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AA215" s="3" t="inlineStr"/>
+      <c r="AB215" s="3" t="inlineStr"/>
+      <c r="AC215" s="3" t="inlineStr"/>
+      <c r="AD215" s="3" t="inlineStr"/>
+      <c r="AE215" s="3" t="inlineStr"/>
+      <c r="AF215" s="3" t="inlineStr"/>
+      <c r="AG215" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AH215" s="3" t="inlineStr"/>
+      <c r="AI215" s="3" t="inlineStr"/>
+      <c r="AJ215" s="3" t="inlineStr"/>
+      <c r="AK215" s="3" t="inlineStr"/>
+    </row>
+    <row r="216">
+      <c r="A216" t="inlineStr">
+        <is>
+          <t>Paulo J.</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>Clínica Médica/Ambulatório</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA ANA NERY</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F216" t="n">
+        <v>96</v>
+      </c>
+      <c r="G216" s="3" t="inlineStr"/>
+      <c r="H216" s="3" t="inlineStr"/>
+      <c r="I216" s="3" t="inlineStr"/>
+      <c r="J216" s="3" t="inlineStr"/>
+      <c r="K216" s="3" t="inlineStr"/>
+      <c r="L216" s="3" t="inlineStr"/>
+      <c r="M216" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="N216" s="3" t="inlineStr"/>
+      <c r="O216" s="3" t="inlineStr"/>
+      <c r="P216" s="3" t="inlineStr"/>
+      <c r="Q216" s="3" t="inlineStr"/>
+      <c r="R216" s="3" t="inlineStr"/>
+      <c r="S216" s="3" t="inlineStr"/>
+      <c r="T216" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="U216" s="3" t="inlineStr"/>
+      <c r="V216" s="3" t="inlineStr"/>
+      <c r="W216" s="3" t="inlineStr"/>
+      <c r="X216" s="3" t="inlineStr"/>
+      <c r="Y216" s="3" t="inlineStr"/>
+      <c r="Z216" s="3" t="inlineStr"/>
+      <c r="AA216" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AB216" s="3" t="inlineStr"/>
+      <c r="AC216" s="3" t="inlineStr"/>
+      <c r="AD216" s="3" t="inlineStr"/>
+      <c r="AE216" s="3" t="inlineStr"/>
+      <c r="AF216" s="3" t="inlineStr"/>
+      <c r="AG216" s="3" t="inlineStr"/>
+      <c r="AH216" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AI216" s="3" t="inlineStr"/>
+      <c r="AJ216" s="3" t="inlineStr"/>
+      <c r="AK216" s="3" t="inlineStr"/>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr">
+        <is>
+          <t>Rodrigo A.</t>
+        </is>
+      </c>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>Médico</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>Clínica Médica/Ambulatório</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA ANA NERY</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F217" t="n">
+        <v>120</v>
+      </c>
+      <c r="G217" s="3" t="inlineStr"/>
+      <c r="H217" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="I217" s="3" t="inlineStr"/>
+      <c r="J217" s="3" t="inlineStr"/>
+      <c r="K217" s="3" t="inlineStr"/>
+      <c r="L217" s="3" t="inlineStr"/>
+      <c r="M217" s="3" t="inlineStr"/>
+      <c r="N217" s="3" t="inlineStr"/>
+      <c r="O217" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="P217" s="3" t="inlineStr"/>
+      <c r="Q217" s="3" t="inlineStr"/>
+      <c r="R217" s="3" t="inlineStr"/>
+      <c r="S217" s="3" t="inlineStr"/>
+      <c r="T217" s="3" t="inlineStr"/>
+      <c r="U217" s="3" t="inlineStr"/>
+      <c r="V217" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="W217" s="3" t="inlineStr"/>
+      <c r="X217" s="3" t="inlineStr"/>
+      <c r="Y217" s="3" t="inlineStr"/>
+      <c r="Z217" s="3" t="inlineStr"/>
+      <c r="AA217" s="3" t="inlineStr"/>
+      <c r="AB217" s="3" t="inlineStr"/>
+      <c r="AC217" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AD217" s="3" t="inlineStr"/>
+      <c r="AE217" s="3" t="inlineStr"/>
+      <c r="AF217" s="3" t="inlineStr"/>
+      <c r="AG217" s="3" t="inlineStr"/>
+      <c r="AH217" s="3" t="inlineStr"/>
+      <c r="AI217" s="3" t="inlineStr"/>
+      <c r="AJ217" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AK217" s="3" t="inlineStr"/>
+    </row>
+    <row r="218">
+      <c r="A218" t="inlineStr">
+        <is>
+          <t>Alivandra A.</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>PS / Emergência / Curativo</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA DE ASSIS BRASIL</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F218" t="n">
+        <v>144</v>
+      </c>
+      <c r="G218" s="3" t="inlineStr"/>
+      <c r="H218" s="3" t="inlineStr"/>
+      <c r="I218" s="3" t="inlineStr"/>
+      <c r="J218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K218" s="3" t="inlineStr"/>
+      <c r="L218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M218" s="3" t="inlineStr"/>
+      <c r="N218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O218" s="3" t="inlineStr"/>
+      <c r="P218" s="3" t="inlineStr"/>
+      <c r="Q218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R218" s="3" t="inlineStr"/>
+      <c r="S218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T218" s="3" t="inlineStr"/>
+      <c r="U218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V218" s="3" t="inlineStr"/>
+      <c r="W218" s="3" t="inlineStr"/>
+      <c r="X218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y218" s="3" t="inlineStr"/>
+      <c r="Z218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA218" s="3" t="inlineStr"/>
+      <c r="AB218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC218" s="3" t="inlineStr"/>
+      <c r="AD218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE218" s="3" t="inlineStr"/>
+      <c r="AF218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG218" s="3" t="inlineStr"/>
+      <c r="AH218" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI218" s="3" t="inlineStr"/>
+      <c r="AJ218" s="3" t="inlineStr"/>
+      <c r="AK218" s="3" t="inlineStr"/>
+    </row>
+    <row r="219">
+      <c r="A219" t="inlineStr">
+        <is>
+          <t>Marcilene T.</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>PS / Emergência / Curativo</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA DE ASSIS BRASIL</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F219" t="n">
+        <v>24</v>
+      </c>
+      <c r="G219" s="3" t="inlineStr"/>
+      <c r="H219" s="3" t="inlineStr"/>
+      <c r="I219" s="3" t="inlineStr"/>
+      <c r="J219" s="3" t="inlineStr"/>
+      <c r="K219" s="3" t="inlineStr"/>
+      <c r="L219" s="3" t="inlineStr"/>
+      <c r="M219" s="3" t="inlineStr"/>
+      <c r="N219" s="3" t="inlineStr"/>
+      <c r="O219" s="3" t="inlineStr"/>
+      <c r="P219" s="3" t="inlineStr"/>
+      <c r="Q219" s="3" t="inlineStr"/>
+      <c r="R219" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S219" s="3" t="inlineStr"/>
+      <c r="T219" s="3" t="inlineStr"/>
+      <c r="U219" s="3" t="inlineStr"/>
+      <c r="V219" s="3" t="inlineStr"/>
+      <c r="W219" s="3" t="inlineStr"/>
+      <c r="X219" s="3" t="inlineStr"/>
+      <c r="Y219" s="3" t="inlineStr"/>
+      <c r="Z219" s="3" t="inlineStr"/>
+      <c r="AA219" s="3" t="inlineStr"/>
+      <c r="AB219" s="3" t="inlineStr"/>
+      <c r="AC219" s="3" t="inlineStr"/>
+      <c r="AD219" s="3" t="inlineStr"/>
+      <c r="AE219" s="3" t="inlineStr"/>
+      <c r="AF219" s="3" t="inlineStr"/>
+      <c r="AG219" s="3" t="inlineStr"/>
+      <c r="AH219" s="3" t="inlineStr"/>
+      <c r="AI219" s="3" t="inlineStr"/>
+      <c r="AJ219" s="3" t="inlineStr"/>
+      <c r="AK219" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="inlineStr">
+        <is>
+          <t>Claudiomar F.</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>Internação</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>UNIDADE MISTA DE PORTO WALTER</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F220" t="n">
+        <v>12</v>
+      </c>
+      <c r="G220" s="3" t="inlineStr"/>
+      <c r="H220" s="3" t="inlineStr"/>
+      <c r="I220" s="3" t="inlineStr"/>
+      <c r="J220" s="3" t="inlineStr"/>
+      <c r="K220" s="3" t="inlineStr"/>
+      <c r="L220" s="3" t="inlineStr"/>
+      <c r="M220" s="3" t="inlineStr"/>
+      <c r="N220" s="3" t="inlineStr"/>
+      <c r="O220" s="3" t="inlineStr"/>
+      <c r="P220" s="3" t="inlineStr"/>
+      <c r="Q220" s="3" t="inlineStr"/>
+      <c r="R220" s="3" t="inlineStr"/>
+      <c r="S220" s="3" t="inlineStr"/>
+      <c r="T220" s="3" t="inlineStr"/>
+      <c r="U220" s="3" t="inlineStr"/>
+      <c r="V220" s="3" t="inlineStr"/>
+      <c r="W220" s="3" t="inlineStr"/>
+      <c r="X220" s="3" t="inlineStr"/>
+      <c r="Y220" s="3" t="inlineStr"/>
+      <c r="Z220" s="3" t="inlineStr"/>
+      <c r="AA220" s="3" t="inlineStr"/>
+      <c r="AB220" s="3" t="inlineStr"/>
+      <c r="AC220" s="3" t="inlineStr"/>
+      <c r="AD220" s="3" t="inlineStr"/>
+      <c r="AE220" s="3" t="inlineStr"/>
+      <c r="AF220" s="3" t="inlineStr"/>
+      <c r="AG220" s="3" t="inlineStr"/>
+      <c r="AH220" s="3" t="inlineStr"/>
+      <c r="AI220" s="3" t="inlineStr"/>
+      <c r="AJ220" s="3" t="inlineStr"/>
+      <c r="AK220" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="inlineStr">
+        <is>
+          <t>Irineida A.</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>Central de Esterilização</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F221" t="n">
+        <v>36</v>
+      </c>
+      <c r="G221" s="3" t="inlineStr"/>
+      <c r="H221" s="3" t="inlineStr"/>
+      <c r="I221" s="3" t="inlineStr"/>
+      <c r="J221" s="3" t="inlineStr"/>
+      <c r="K221" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L221" s="3" t="inlineStr"/>
+      <c r="M221" s="3" t="inlineStr"/>
+      <c r="N221" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O221" s="3" t="inlineStr"/>
+      <c r="P221" s="3" t="inlineStr"/>
+      <c r="Q221" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R221" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S221" s="3" t="inlineStr"/>
+      <c r="T221" s="3" t="inlineStr"/>
+      <c r="U221" s="3" t="inlineStr"/>
+      <c r="V221" s="3" t="inlineStr"/>
+      <c r="W221" s="3" t="inlineStr"/>
+      <c r="X221" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y221" s="3" t="inlineStr"/>
+      <c r="Z221" s="3" t="inlineStr"/>
+      <c r="AA221" s="3" t="inlineStr"/>
+      <c r="AB221" s="3" t="inlineStr"/>
+      <c r="AC221" s="3" t="inlineStr"/>
+      <c r="AD221" s="3" t="inlineStr"/>
+      <c r="AE221" s="3" t="inlineStr"/>
+      <c r="AF221" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG221" s="3" t="inlineStr"/>
+      <c r="AH221" s="3" t="inlineStr"/>
+      <c r="AI221" s="3" t="inlineStr"/>
+      <c r="AJ221" s="3" t="inlineStr"/>
+      <c r="AK221" s="3" t="inlineStr"/>
+    </row>
+    <row r="222">
+      <c r="A222" t="inlineStr">
+        <is>
+          <t>Keila B.</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>Central de Esterilização</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F222" t="n">
+        <v>30</v>
+      </c>
+      <c r="G222" s="3" t="inlineStr"/>
+      <c r="H222" s="3" t="inlineStr"/>
+      <c r="I222" s="3" t="inlineStr"/>
+      <c r="J222" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K222" s="3" t="inlineStr"/>
+      <c r="L222" s="3" t="inlineStr"/>
+      <c r="M222" s="3" t="inlineStr"/>
+      <c r="N222" s="3" t="inlineStr"/>
+      <c r="O222" s="3" t="inlineStr"/>
+      <c r="P222" s="3" t="inlineStr"/>
+      <c r="Q222" s="3" t="inlineStr"/>
+      <c r="R222" s="3" t="inlineStr"/>
+      <c r="S222" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T222" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U222" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V222" s="3" t="inlineStr"/>
+      <c r="W222" s="3" t="inlineStr"/>
+      <c r="X222" s="3" t="inlineStr"/>
+      <c r="Y222" s="3" t="inlineStr"/>
+      <c r="Z222" s="3" t="inlineStr"/>
+      <c r="AA222" s="3" t="inlineStr"/>
+      <c r="AB222" s="3" t="inlineStr"/>
+      <c r="AC222" s="3" t="inlineStr"/>
+      <c r="AD222" s="3" t="inlineStr"/>
+      <c r="AE222" s="3" t="inlineStr"/>
+      <c r="AF222" s="3" t="inlineStr"/>
+      <c r="AG222" s="3" t="inlineStr"/>
+      <c r="AH222" s="3" t="inlineStr"/>
+      <c r="AI222" s="3" t="inlineStr"/>
+      <c r="AJ222" s="3" t="inlineStr"/>
+      <c r="AK222" s="3" t="inlineStr"/>
+    </row>
+    <row r="223">
+      <c r="A223" t="inlineStr">
+        <is>
+          <t>Armelina S.</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>Central de Esterilização</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F223" t="n">
+        <v>126</v>
+      </c>
+      <c r="G223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H223" s="3" t="inlineStr"/>
+      <c r="I223" s="3" t="inlineStr"/>
+      <c r="J223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O223" s="3" t="inlineStr"/>
+      <c r="P223" s="3" t="inlineStr"/>
+      <c r="Q223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V223" s="3" t="inlineStr"/>
+      <c r="W223" s="3" t="inlineStr"/>
+      <c r="X223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC223" s="3" t="inlineStr"/>
+      <c r="AD223" s="3" t="inlineStr"/>
+      <c r="AE223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI223" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ223" s="3" t="inlineStr"/>
+      <c r="AK223" s="3" t="inlineStr"/>
+    </row>
+    <row r="224">
+      <c r="A224" t="inlineStr">
+        <is>
+          <t>Macileia B.</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>Central de Esterilização</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F224" t="n">
+        <v>60</v>
+      </c>
+      <c r="G224" s="3" t="inlineStr"/>
+      <c r="H224" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="I224" s="3" t="inlineStr"/>
+      <c r="J224" s="3" t="inlineStr"/>
+      <c r="K224" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L224" s="3" t="inlineStr"/>
+      <c r="M224" s="3" t="inlineStr"/>
+      <c r="N224" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O224" s="3" t="inlineStr"/>
+      <c r="P224" s="3" t="inlineStr"/>
+      <c r="Q224" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R224" s="3" t="inlineStr"/>
+      <c r="S224" s="3" t="inlineStr"/>
+      <c r="T224" s="3" t="inlineStr"/>
+      <c r="U224" s="3" t="inlineStr"/>
+      <c r="V224" s="3" t="inlineStr"/>
+      <c r="W224" s="3" t="inlineStr"/>
+      <c r="X224" s="3" t="inlineStr"/>
+      <c r="Y224" s="3" t="inlineStr"/>
+      <c r="Z224" s="3" t="inlineStr"/>
+      <c r="AA224" s="3" t="inlineStr"/>
+      <c r="AB224" s="3" t="inlineStr"/>
+      <c r="AC224" s="3" t="inlineStr"/>
+      <c r="AD224" s="3" t="inlineStr"/>
+      <c r="AE224" s="3" t="inlineStr"/>
+      <c r="AF224" s="3" t="inlineStr"/>
+      <c r="AG224" s="3" t="inlineStr"/>
+      <c r="AH224" s="3" t="inlineStr"/>
+      <c r="AI224" s="3" t="inlineStr"/>
+      <c r="AJ224" s="3" t="inlineStr"/>
+      <c r="AK224" s="3" t="inlineStr"/>
+    </row>
+    <row r="225">
+      <c r="A225" t="inlineStr">
+        <is>
+          <t>Sonia F.</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>Central de Esterilização</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F225" t="n">
+        <v>90</v>
+      </c>
+      <c r="G225" s="3" t="inlineStr"/>
+      <c r="H225" s="3" t="inlineStr"/>
+      <c r="I225" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J225" s="3" t="inlineStr"/>
+      <c r="K225" s="3" t="inlineStr"/>
+      <c r="L225" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M225" s="3" t="inlineStr"/>
+      <c r="N225" s="3" t="inlineStr"/>
+      <c r="O225" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P225" s="3" t="inlineStr"/>
+      <c r="Q225" s="3" t="inlineStr"/>
+      <c r="R225" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S225" s="3" t="inlineStr"/>
+      <c r="T225" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U225" s="3" t="inlineStr"/>
+      <c r="V225" s="3" t="inlineStr"/>
+      <c r="W225" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X225" s="3" t="inlineStr"/>
+      <c r="Y225" s="3" t="inlineStr"/>
+      <c r="Z225" s="3" t="inlineStr"/>
+      <c r="AA225" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB225" s="3" t="inlineStr"/>
+      <c r="AC225" s="3" t="inlineStr"/>
+      <c r="AD225" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE225" s="3" t="inlineStr"/>
+      <c r="AF225" s="3" t="inlineStr"/>
+      <c r="AG225" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH225" s="3" t="inlineStr"/>
+      <c r="AI225" s="3" t="inlineStr"/>
+      <c r="AJ225" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK225" s="3" t="inlineStr"/>
+    </row>
+    <row r="226">
+      <c r="A226" t="inlineStr">
+        <is>
+          <t>Vilsamara O.</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>Central de Esterilização</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F226" t="n">
+        <v>78</v>
+      </c>
+      <c r="G226" s="3" t="inlineStr"/>
+      <c r="H226" s="3" t="inlineStr"/>
+      <c r="I226" s="3" t="inlineStr"/>
+      <c r="J226" s="3" t="inlineStr"/>
+      <c r="K226" s="3" t="inlineStr"/>
+      <c r="L226" s="3" t="inlineStr"/>
+      <c r="M226" s="3" t="inlineStr"/>
+      <c r="N226" s="3" t="inlineStr"/>
+      <c r="O226" s="3" t="inlineStr"/>
+      <c r="P226" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Q226" s="3" t="inlineStr"/>
+      <c r="R226" s="3" t="inlineStr"/>
+      <c r="S226" s="3" t="inlineStr"/>
+      <c r="T226" s="3" t="inlineStr"/>
+      <c r="U226" s="3" t="inlineStr"/>
+      <c r="V226" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W226" s="3" t="inlineStr"/>
+      <c r="X226" s="3" t="inlineStr"/>
+      <c r="Y226" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z226" s="3" t="inlineStr"/>
+      <c r="AA226" s="3" t="inlineStr"/>
+      <c r="AB226" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC226" s="3" t="inlineStr"/>
+      <c r="AD226" s="3" t="inlineStr"/>
+      <c r="AE226" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF226" s="3" t="inlineStr"/>
+      <c r="AG226" s="3" t="inlineStr"/>
+      <c r="AH226" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI226" s="3" t="inlineStr"/>
+      <c r="AJ226" s="3" t="inlineStr"/>
+      <c r="AK226" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="inlineStr">
+        <is>
+          <t>Macileia B.</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>Eletrocardiograma</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F227" t="n">
+        <v>6</v>
+      </c>
+      <c r="G227" s="3" t="inlineStr"/>
+      <c r="H227" s="3" t="inlineStr"/>
+      <c r="I227" s="3" t="inlineStr"/>
+      <c r="J227" s="3" t="inlineStr"/>
+      <c r="K227" s="3" t="inlineStr"/>
+      <c r="L227" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M227" s="3" t="inlineStr"/>
+      <c r="N227" s="3" t="inlineStr"/>
+      <c r="O227" s="3" t="inlineStr"/>
+      <c r="P227" s="3" t="inlineStr"/>
+      <c r="Q227" s="3" t="inlineStr"/>
+      <c r="R227" s="3" t="inlineStr"/>
+      <c r="S227" s="3" t="inlineStr"/>
+      <c r="T227" s="3" t="inlineStr"/>
+      <c r="U227" s="3" t="inlineStr"/>
+      <c r="V227" s="3" t="inlineStr"/>
+      <c r="W227" s="3" t="inlineStr"/>
+      <c r="X227" s="3" t="inlineStr"/>
+      <c r="Y227" s="3" t="inlineStr"/>
+      <c r="Z227" s="3" t="inlineStr"/>
+      <c r="AA227" s="3" t="inlineStr"/>
+      <c r="AB227" s="3" t="inlineStr"/>
+      <c r="AC227" s="3" t="inlineStr"/>
+      <c r="AD227" s="3" t="inlineStr"/>
+      <c r="AE227" s="3" t="inlineStr"/>
+      <c r="AF227" s="3" t="inlineStr"/>
+      <c r="AG227" s="3" t="inlineStr"/>
+      <c r="AH227" s="3" t="inlineStr"/>
+      <c r="AI227" s="3" t="inlineStr"/>
+      <c r="AJ227" s="3" t="inlineStr"/>
+      <c r="AK227" s="3" t="inlineStr"/>
+    </row>
+    <row r="228">
+      <c r="A228" t="inlineStr">
+        <is>
+          <t>Sonia F.</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>Eletrocardiograma</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F228" t="n">
+        <v>60</v>
+      </c>
+      <c r="G228" s="3" t="inlineStr"/>
+      <c r="H228" s="3" t="inlineStr"/>
+      <c r="I228" s="3" t="inlineStr"/>
+      <c r="J228" s="3" t="inlineStr"/>
+      <c r="K228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L228" s="3" t="inlineStr"/>
+      <c r="M228" s="3" t="inlineStr"/>
+      <c r="N228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O228" s="3" t="inlineStr"/>
+      <c r="P228" s="3" t="inlineStr"/>
+      <c r="Q228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S228" s="3" t="inlineStr"/>
+      <c r="T228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U228" s="3" t="inlineStr"/>
+      <c r="V228" s="3" t="inlineStr"/>
+      <c r="W228" s="3" t="inlineStr"/>
+      <c r="X228" s="3" t="inlineStr"/>
+      <c r="Y228" s="3" t="inlineStr"/>
+      <c r="Z228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB228" s="3" t="inlineStr"/>
+      <c r="AC228" s="3" t="inlineStr"/>
+      <c r="AD228" s="3" t="inlineStr"/>
+      <c r="AE228" s="3" t="inlineStr"/>
+      <c r="AF228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH228" s="3" t="inlineStr"/>
+      <c r="AI228" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ228" s="3" t="inlineStr"/>
+      <c r="AK228" s="3" t="inlineStr"/>
+    </row>
+    <row r="229">
+      <c r="A229" t="inlineStr">
+        <is>
+          <t>Vilsamara O.</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>Técnico De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>Eletrocardiograma</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F229" t="n">
+        <v>48</v>
+      </c>
+      <c r="G229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H229" s="3" t="inlineStr"/>
+      <c r="I229" s="3" t="inlineStr"/>
+      <c r="J229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K229" s="3" t="inlineStr"/>
+      <c r="L229" s="3" t="inlineStr"/>
+      <c r="M229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N229" s="3" t="inlineStr"/>
+      <c r="O229" s="3" t="inlineStr"/>
+      <c r="P229" s="3" t="inlineStr"/>
+      <c r="Q229" s="3" t="inlineStr"/>
+      <c r="R229" s="3" t="inlineStr"/>
+      <c r="S229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T229" s="3" t="inlineStr"/>
+      <c r="U229" s="3" t="inlineStr"/>
+      <c r="V229" s="3" t="inlineStr"/>
+      <c r="W229" s="3" t="inlineStr"/>
+      <c r="X229" s="3" t="inlineStr"/>
+      <c r="Y229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z229" s="3" t="inlineStr"/>
+      <c r="AA229" s="3" t="inlineStr"/>
+      <c r="AB229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC229" s="3" t="inlineStr"/>
+      <c r="AD229" s="3" t="inlineStr"/>
+      <c r="AE229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF229" s="3" t="inlineStr"/>
+      <c r="AG229" s="3" t="inlineStr"/>
+      <c r="AH229" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI229" s="3" t="inlineStr"/>
+      <c r="AJ229" s="3" t="inlineStr"/>
+      <c r="AK229" s="3" t="inlineStr"/>
+    </row>
+    <row r="230">
+      <c r="A230" t="inlineStr">
+        <is>
+          <t>Anna S.</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F230" t="n">
+        <v>18</v>
+      </c>
+      <c r="G230" s="3" t="inlineStr"/>
+      <c r="H230" s="3" t="inlineStr"/>
+      <c r="I230" s="3" t="inlineStr"/>
+      <c r="J230" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K230" s="3" t="inlineStr"/>
+      <c r="L230" s="3" t="inlineStr"/>
+      <c r="M230" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N230" s="3" t="inlineStr"/>
+      <c r="O230" s="3" t="inlineStr"/>
+      <c r="P230" s="3" t="inlineStr"/>
+      <c r="Q230" s="3" t="inlineStr"/>
+      <c r="R230" s="3" t="inlineStr"/>
+      <c r="S230" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T230" s="3" t="inlineStr"/>
+      <c r="U230" s="3" t="inlineStr"/>
+      <c r="V230" s="3" t="inlineStr"/>
+      <c r="W230" s="3" t="inlineStr"/>
+      <c r="X230" s="3" t="inlineStr"/>
+      <c r="Y230" s="3" t="inlineStr"/>
+      <c r="Z230" s="3" t="inlineStr"/>
+      <c r="AA230" s="3" t="inlineStr"/>
+      <c r="AB230" s="3" t="inlineStr"/>
+      <c r="AC230" s="3" t="inlineStr"/>
+      <c r="AD230" s="3" t="inlineStr"/>
+      <c r="AE230" s="3" t="inlineStr"/>
+      <c r="AF230" s="3" t="inlineStr"/>
+      <c r="AG230" s="3" t="inlineStr"/>
+      <c r="AH230" s="3" t="inlineStr"/>
+      <c r="AI230" s="3" t="inlineStr"/>
+      <c r="AJ230" s="3" t="inlineStr"/>
+      <c r="AK230" s="3" t="inlineStr"/>
+    </row>
+    <row r="231">
+      <c r="A231" t="inlineStr">
+        <is>
+          <t>Eliana S.</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F231" t="n">
+        <v>24</v>
+      </c>
+      <c r="G231" s="3" t="inlineStr"/>
+      <c r="H231" s="3" t="inlineStr"/>
+      <c r="I231" s="3" t="inlineStr"/>
+      <c r="J231" s="3" t="inlineStr"/>
+      <c r="K231" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L231" s="3" t="inlineStr"/>
+      <c r="M231" s="3" t="inlineStr"/>
+      <c r="N231" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O231" s="3" t="inlineStr"/>
+      <c r="P231" s="3" t="inlineStr"/>
+      <c r="Q231" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R231" s="3" t="inlineStr"/>
+      <c r="S231" s="3" t="inlineStr"/>
+      <c r="T231" s="3" t="inlineStr"/>
+      <c r="U231" s="3" t="inlineStr"/>
+      <c r="V231" s="3" t="inlineStr"/>
+      <c r="W231" s="3" t="inlineStr"/>
+      <c r="X231" s="3" t="inlineStr"/>
+      <c r="Y231" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z231" s="3" t="inlineStr"/>
+      <c r="AA231" s="3" t="inlineStr"/>
+      <c r="AB231" s="3" t="inlineStr"/>
+      <c r="AC231" s="3" t="inlineStr"/>
+      <c r="AD231" s="3" t="inlineStr"/>
+      <c r="AE231" s="3" t="inlineStr"/>
+      <c r="AF231" s="3" t="inlineStr"/>
+      <c r="AG231" s="3" t="inlineStr"/>
+      <c r="AH231" s="3" t="inlineStr"/>
+      <c r="AI231" s="3" t="inlineStr"/>
+      <c r="AJ231" s="3" t="inlineStr"/>
+      <c r="AK231" s="3" t="inlineStr"/>
+    </row>
+    <row r="232">
+      <c r="A232" t="inlineStr">
+        <is>
+          <t>Jose A.</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F232" t="n">
+        <v>6</v>
+      </c>
+      <c r="G232" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="H232" s="3" t="inlineStr"/>
+      <c r="I232" s="3" t="inlineStr"/>
+      <c r="J232" s="3" t="inlineStr"/>
+      <c r="K232" s="3" t="inlineStr"/>
+      <c r="L232" s="3" t="inlineStr"/>
+      <c r="M232" s="3" t="inlineStr"/>
+      <c r="N232" s="3" t="inlineStr"/>
+      <c r="O232" s="3" t="inlineStr"/>
+      <c r="P232" s="3" t="inlineStr"/>
+      <c r="Q232" s="3" t="inlineStr"/>
+      <c r="R232" s="3" t="inlineStr"/>
+      <c r="S232" s="3" t="inlineStr"/>
+      <c r="T232" s="3" t="inlineStr"/>
+      <c r="U232" s="3" t="inlineStr"/>
+      <c r="V232" s="3" t="inlineStr"/>
+      <c r="W232" s="3" t="inlineStr"/>
+      <c r="X232" s="3" t="inlineStr"/>
+      <c r="Y232" s="3" t="inlineStr"/>
+      <c r="Z232" s="3" t="inlineStr"/>
+      <c r="AA232" s="3" t="inlineStr"/>
+      <c r="AB232" s="3" t="inlineStr"/>
+      <c r="AC232" s="3" t="inlineStr"/>
+      <c r="AD232" s="3" t="inlineStr"/>
+      <c r="AE232" s="3" t="inlineStr"/>
+      <c r="AF232" s="3" t="inlineStr"/>
+      <c r="AG232" s="3" t="inlineStr"/>
+      <c r="AH232" s="3" t="inlineStr"/>
+      <c r="AI232" s="3" t="inlineStr"/>
+      <c r="AJ232" s="3" t="inlineStr"/>
+      <c r="AK232" s="3" t="inlineStr"/>
+    </row>
+    <row r="233">
+      <c r="A233" t="inlineStr">
+        <is>
+          <t>Katiane K.</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F233" t="n">
+        <v>6</v>
+      </c>
+      <c r="G233" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H233" s="3" t="inlineStr"/>
+      <c r="I233" s="3" t="inlineStr"/>
+      <c r="J233" s="3" t="inlineStr"/>
+      <c r="K233" s="3" t="inlineStr"/>
+      <c r="L233" s="3" t="inlineStr"/>
+      <c r="M233" s="3" t="inlineStr"/>
+      <c r="N233" s="3" t="inlineStr"/>
+      <c r="O233" s="3" t="inlineStr"/>
+      <c r="P233" s="3" t="inlineStr"/>
+      <c r="Q233" s="3" t="inlineStr"/>
+      <c r="R233" s="3" t="inlineStr"/>
+      <c r="S233" s="3" t="inlineStr"/>
+      <c r="T233" s="3" t="inlineStr"/>
+      <c r="U233" s="3" t="inlineStr"/>
+      <c r="V233" s="3" t="inlineStr"/>
+      <c r="W233" s="3" t="inlineStr"/>
+      <c r="X233" s="3" t="inlineStr"/>
+      <c r="Y233" s="3" t="inlineStr"/>
+      <c r="Z233" s="3" t="inlineStr"/>
+      <c r="AA233" s="3" t="inlineStr"/>
+      <c r="AB233" s="3" t="inlineStr"/>
+      <c r="AC233" s="3" t="inlineStr"/>
+      <c r="AD233" s="3" t="inlineStr"/>
+      <c r="AE233" s="3" t="inlineStr"/>
+      <c r="AF233" s="3" t="inlineStr"/>
+      <c r="AG233" s="3" t="inlineStr"/>
+      <c r="AH233" s="3" t="inlineStr"/>
+      <c r="AI233" s="3" t="inlineStr"/>
+      <c r="AJ233" s="3" t="inlineStr"/>
+      <c r="AK233" s="3" t="inlineStr"/>
+    </row>
+    <row r="234">
+      <c r="A234" t="inlineStr">
+        <is>
+          <t>Keila B.</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F234" t="n">
+        <v>6</v>
+      </c>
+      <c r="G234" s="3" t="inlineStr"/>
+      <c r="H234" s="3" t="inlineStr"/>
+      <c r="I234" s="3" t="inlineStr"/>
+      <c r="J234" s="3" t="inlineStr"/>
+      <c r="K234" s="3" t="inlineStr"/>
+      <c r="L234" s="3" t="inlineStr"/>
+      <c r="M234" s="3" t="inlineStr"/>
+      <c r="N234" s="3" t="inlineStr"/>
+      <c r="O234" s="3" t="inlineStr"/>
+      <c r="P234" s="3" t="inlineStr"/>
+      <c r="Q234" s="3" t="inlineStr"/>
+      <c r="R234" s="3" t="inlineStr"/>
+      <c r="S234" s="3" t="inlineStr"/>
+      <c r="T234" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U234" s="3" t="inlineStr"/>
+      <c r="V234" s="3" t="inlineStr"/>
+      <c r="W234" s="3" t="inlineStr"/>
+      <c r="X234" s="3" t="inlineStr"/>
+      <c r="Y234" s="3" t="inlineStr"/>
+      <c r="Z234" s="3" t="inlineStr"/>
+      <c r="AA234" s="3" t="inlineStr"/>
+      <c r="AB234" s="3" t="inlineStr"/>
+      <c r="AC234" s="3" t="inlineStr"/>
+      <c r="AD234" s="3" t="inlineStr"/>
+      <c r="AE234" s="3" t="inlineStr"/>
+      <c r="AF234" s="3" t="inlineStr"/>
+      <c r="AG234" s="3" t="inlineStr"/>
+      <c r="AH234" s="3" t="inlineStr"/>
+      <c r="AI234" s="3" t="inlineStr"/>
+      <c r="AJ234" s="3" t="inlineStr"/>
+      <c r="AK234" s="3" t="inlineStr"/>
+    </row>
+    <row r="235">
+      <c r="A235" t="inlineStr">
+        <is>
+          <t>Ricardo O.</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>Emergência</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F235" t="n">
+        <v>180</v>
+      </c>
+      <c r="G235" s="3" t="inlineStr"/>
+      <c r="H235" s="3" t="inlineStr"/>
+      <c r="I235" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O235" s="3" t="inlineStr"/>
+      <c r="P235" s="3" t="inlineStr"/>
+      <c r="Q235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R235" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="S235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="V235" s="3" t="inlineStr"/>
+      <c r="W235" s="3" t="inlineStr"/>
+      <c r="X235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="Y235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AC235" s="3" t="inlineStr"/>
+      <c r="AD235" s="3" t="inlineStr"/>
+      <c r="AE235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AF235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AG235" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AI235" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AJ235" s="3" t="inlineStr"/>
+      <c r="AK235" s="3" t="inlineStr"/>
+    </row>
+    <row r="236">
+      <c r="A236" t="inlineStr">
+        <is>
+          <t>Geraldo N.</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>Auxiliar de Farmácia</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F236" t="n">
+        <v>126</v>
+      </c>
+      <c r="G236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H236" s="3" t="inlineStr"/>
+      <c r="I236" s="3" t="inlineStr"/>
+      <c r="J236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O236" s="3" t="inlineStr"/>
+      <c r="P236" s="3" t="inlineStr"/>
+      <c r="Q236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V236" s="3" t="inlineStr"/>
+      <c r="W236" s="3" t="inlineStr"/>
+      <c r="X236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC236" s="3" t="inlineStr"/>
+      <c r="AD236" s="3" t="inlineStr"/>
+      <c r="AE236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI236" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ236" s="3" t="inlineStr"/>
+      <c r="AK236" s="3" t="inlineStr"/>
+    </row>
+    <row r="237">
+      <c r="A237" t="inlineStr">
+        <is>
+          <t>Kleber M.</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>Dispensação de medicamentos</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F237" t="n">
+        <v>162</v>
+      </c>
+      <c r="G237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H237" s="3" t="inlineStr"/>
+      <c r="I237" s="3" t="inlineStr"/>
+      <c r="J237" s="3" t="inlineStr"/>
+      <c r="K237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L237" s="3" t="inlineStr"/>
+      <c r="M237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N237" s="3" t="inlineStr"/>
+      <c r="O237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="P237" s="3" t="inlineStr"/>
+      <c r="Q237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R237" s="3" t="inlineStr"/>
+      <c r="S237" s="3" t="inlineStr">
+        <is>
+          <t>PN/T6</t>
+        </is>
+      </c>
+      <c r="T237" s="3" t="inlineStr"/>
+      <c r="U237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V237" s="3" t="inlineStr"/>
+      <c r="W237" s="3" t="inlineStr"/>
+      <c r="X237" s="3" t="inlineStr"/>
+      <c r="Y237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z237" s="3" t="inlineStr"/>
+      <c r="AA237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB237" s="3" t="inlineStr"/>
+      <c r="AC237" s="3" t="inlineStr"/>
+      <c r="AD237" s="3" t="inlineStr"/>
+      <c r="AE237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF237" s="3" t="inlineStr"/>
+      <c r="AG237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH237" s="3" t="inlineStr"/>
+      <c r="AI237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ237" s="3" t="inlineStr"/>
+      <c r="AK237" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="inlineStr">
+        <is>
+          <t>Maria S.</t>
+        </is>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>Dispensação de medicamentos</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F238" t="n">
+        <v>24</v>
+      </c>
+      <c r="G238" s="3" t="inlineStr"/>
+      <c r="H238" s="3" t="inlineStr"/>
+      <c r="I238" s="3" t="inlineStr"/>
+      <c r="J238" s="3" t="inlineStr"/>
+      <c r="K238" s="3" t="inlineStr"/>
+      <c r="L238" s="3" t="inlineStr"/>
+      <c r="M238" s="3" t="inlineStr"/>
+      <c r="N238" s="3" t="inlineStr"/>
+      <c r="O238" s="3" t="inlineStr"/>
+      <c r="P238" s="3" t="inlineStr"/>
+      <c r="Q238" s="3" t="inlineStr"/>
+      <c r="R238" s="3" t="inlineStr"/>
+      <c r="S238" s="3" t="inlineStr"/>
+      <c r="T238" s="3" t="inlineStr"/>
+      <c r="U238" s="3" t="inlineStr"/>
+      <c r="V238" s="3" t="inlineStr"/>
+      <c r="W238" s="3" t="inlineStr"/>
+      <c r="X238" s="3" t="inlineStr"/>
+      <c r="Y238" s="3" t="inlineStr"/>
+      <c r="Z238" s="3" t="inlineStr"/>
+      <c r="AA238" s="3" t="inlineStr"/>
+      <c r="AB238" s="3" t="inlineStr"/>
+      <c r="AC238" s="3" t="inlineStr">
+        <is>
+          <t>PD/PN</t>
+        </is>
+      </c>
+      <c r="AD238" s="3" t="inlineStr"/>
+      <c r="AE238" s="3" t="inlineStr"/>
+      <c r="AF238" s="3" t="inlineStr"/>
+      <c r="AG238" s="3" t="inlineStr"/>
+      <c r="AH238" s="3" t="inlineStr"/>
+      <c r="AI238" s="3" t="inlineStr"/>
+      <c r="AJ238" s="3" t="inlineStr"/>
+      <c r="AK238" s="3" t="inlineStr"/>
+    </row>
+    <row r="239">
+      <c r="A239" t="inlineStr">
+        <is>
+          <t>Sheyla O.</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>Dispensação de medicamentos</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F239" t="n">
+        <v>174</v>
+      </c>
+      <c r="G239" s="3" t="inlineStr"/>
+      <c r="H239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I239" s="3" t="inlineStr"/>
+      <c r="J239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K239" s="3" t="inlineStr"/>
+      <c r="L239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M239" s="3" t="inlineStr"/>
+      <c r="N239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O239" s="3" t="inlineStr"/>
+      <c r="P239" s="3" t="inlineStr"/>
+      <c r="Q239" s="3" t="inlineStr"/>
+      <c r="R239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S239" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U239" s="3" t="inlineStr"/>
+      <c r="V239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W239" s="3" t="inlineStr"/>
+      <c r="X239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y239" s="3" t="inlineStr"/>
+      <c r="Z239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA239" s="3" t="inlineStr"/>
+      <c r="AB239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC239" s="3" t="inlineStr"/>
+      <c r="AD239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE239" s="3" t="inlineStr"/>
+      <c r="AF239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG239" s="3" t="inlineStr"/>
+      <c r="AH239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI239" s="3" t="inlineStr"/>
+      <c r="AJ239" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK239" s="3" t="inlineStr"/>
+    </row>
+    <row r="240">
+      <c r="A240" t="inlineStr">
+        <is>
+          <t>Katiane K.</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>Gerente De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>Gerência de Enfermagem</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F240" t="n">
+        <v>120</v>
+      </c>
+      <c r="G240" s="3" t="inlineStr"/>
+      <c r="H240" s="3" t="inlineStr"/>
+      <c r="I240" s="3" t="inlineStr"/>
+      <c r="J240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O240" s="3" t="inlineStr"/>
+      <c r="P240" s="3" t="inlineStr"/>
+      <c r="Q240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V240" s="3" t="inlineStr"/>
+      <c r="W240" s="3" t="inlineStr"/>
+      <c r="X240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC240" s="3" t="inlineStr"/>
+      <c r="AD240" s="3" t="inlineStr"/>
+      <c r="AE240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI240" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ240" s="3" t="inlineStr"/>
+      <c r="AK240" s="3" t="inlineStr"/>
+    </row>
+    <row r="241">
+      <c r="A241" t="inlineStr">
+        <is>
+          <t>Francisco C.</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>Bioquímico/Biomédico</t>
+        </is>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F241" t="n">
+        <v>120</v>
+      </c>
+      <c r="G241" s="3" t="inlineStr"/>
+      <c r="H241" s="3" t="inlineStr"/>
+      <c r="I241" s="3" t="inlineStr"/>
+      <c r="J241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O241" s="3" t="inlineStr"/>
+      <c r="P241" s="3" t="inlineStr"/>
+      <c r="Q241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V241" s="3" t="inlineStr"/>
+      <c r="W241" s="3" t="inlineStr"/>
+      <c r="X241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC241" s="3" t="inlineStr"/>
+      <c r="AD241" s="3" t="inlineStr"/>
+      <c r="AE241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI241" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ241" s="3" t="inlineStr"/>
+      <c r="AK241" s="3" t="inlineStr"/>
+    </row>
+    <row r="242">
+      <c r="A242" t="inlineStr">
+        <is>
+          <t>Jeniffer S.</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>Digitação/Entrega de Exames</t>
+        </is>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F242" t="n">
+        <v>156</v>
+      </c>
+      <c r="G242" s="3" t="inlineStr"/>
+      <c r="H242" s="3" t="inlineStr"/>
+      <c r="I242" s="3" t="inlineStr"/>
+      <c r="J242" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="K242" s="3" t="inlineStr"/>
+      <c r="L242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M242" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O242" s="3" t="inlineStr"/>
+      <c r="P242" s="3" t="inlineStr"/>
+      <c r="Q242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R242" s="3" t="inlineStr"/>
+      <c r="S242" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="T242" s="3" t="inlineStr"/>
+      <c r="U242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V242" s="3" t="inlineStr"/>
+      <c r="W242" s="3" t="inlineStr"/>
+      <c r="X242" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="Y242" s="3" t="inlineStr"/>
+      <c r="Z242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB242" s="3" t="inlineStr">
+        <is>
+          <t>M6/T6</t>
+        </is>
+      </c>
+      <c r="AC242" s="3" t="inlineStr"/>
+      <c r="AD242" s="3" t="inlineStr"/>
+      <c r="AE242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF242" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="AG242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI242" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ242" s="3" t="inlineStr"/>
+      <c r="AK242" s="3" t="inlineStr"/>
+    </row>
+    <row r="243">
+      <c r="A243" t="inlineStr">
+        <is>
+          <t>Rafael B.</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>Digitação/Entrega de Exames</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F243" t="n">
+        <v>156</v>
+      </c>
+      <c r="G243" s="3" t="inlineStr"/>
+      <c r="H243" s="3" t="inlineStr"/>
+      <c r="I243" s="3" t="inlineStr"/>
+      <c r="J243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L243" s="3" t="inlineStr">
+        <is>
+          <t>T6/PN</t>
+        </is>
+      </c>
+      <c r="M243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O243" s="3" t="inlineStr"/>
+      <c r="P243" s="3" t="inlineStr"/>
+      <c r="Q243" s="3" t="inlineStr">
+        <is>
+          <t>T6/PN</t>
+        </is>
+      </c>
+      <c r="R243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V243" s="3" t="inlineStr"/>
+      <c r="W243" s="3" t="inlineStr"/>
+      <c r="X243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC243" s="3" t="inlineStr"/>
+      <c r="AD243" s="3" t="inlineStr"/>
+      <c r="AE243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH243" s="3" t="inlineStr">
+        <is>
+          <t>T6/PN</t>
+        </is>
+      </c>
+      <c r="AI243" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ243" s="3" t="inlineStr"/>
+      <c r="AK243" s="3" t="inlineStr"/>
+    </row>
+    <row r="244">
+      <c r="A244" t="inlineStr">
+        <is>
+          <t>Antonia S.</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F244" t="n">
+        <v>48</v>
+      </c>
+      <c r="G244" s="3" t="inlineStr"/>
+      <c r="H244" s="3" t="inlineStr"/>
+      <c r="I244" s="3" t="inlineStr"/>
+      <c r="J244" s="3" t="inlineStr"/>
+      <c r="K244" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L244" s="3" t="inlineStr"/>
+      <c r="M244" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N244" s="3" t="inlineStr"/>
+      <c r="O244" s="3" t="inlineStr"/>
+      <c r="P244" s="3" t="inlineStr"/>
+      <c r="Q244" s="3" t="inlineStr"/>
+      <c r="R244" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S244" s="3" t="inlineStr"/>
+      <c r="T244" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U244" s="3" t="inlineStr"/>
+      <c r="V244" s="3" t="inlineStr"/>
+      <c r="W244" s="3" t="inlineStr"/>
+      <c r="X244" s="3" t="inlineStr"/>
+      <c r="Y244" s="3" t="inlineStr"/>
+      <c r="Z244" s="3" t="inlineStr"/>
+      <c r="AA244" s="3" t="inlineStr"/>
+      <c r="AB244" s="3" t="inlineStr"/>
+      <c r="AC244" s="3" t="inlineStr"/>
+      <c r="AD244" s="3" t="inlineStr"/>
+      <c r="AE244" s="3" t="inlineStr"/>
+      <c r="AF244" s="3" t="inlineStr"/>
+      <c r="AG244" s="3" t="inlineStr"/>
+      <c r="AH244" s="3" t="inlineStr"/>
+      <c r="AI244" s="3" t="inlineStr"/>
+      <c r="AJ244" s="3" t="inlineStr"/>
+      <c r="AK244" s="3" t="inlineStr"/>
+    </row>
+    <row r="245">
+      <c r="A245" t="inlineStr">
+        <is>
+          <t>Arlene R.</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F245" t="n">
+        <v>180</v>
+      </c>
+      <c r="G245" s="3" t="inlineStr"/>
+      <c r="H245" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="I245" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="J245" s="3" t="inlineStr"/>
+      <c r="K245" s="3" t="inlineStr"/>
+      <c r="L245" s="3" t="inlineStr"/>
+      <c r="M245" s="3" t="inlineStr"/>
+      <c r="N245" s="3" t="inlineStr"/>
+      <c r="O245" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="P245" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="Q245" s="3" t="inlineStr"/>
+      <c r="R245" s="3" t="inlineStr"/>
+      <c r="S245" s="3" t="inlineStr"/>
+      <c r="T245" s="3" t="inlineStr"/>
+      <c r="U245" s="3" t="inlineStr"/>
+      <c r="V245" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W245" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="X245" s="3" t="inlineStr"/>
+      <c r="Y245" s="3" t="inlineStr"/>
+      <c r="Z245" s="3" t="inlineStr"/>
+      <c r="AA245" s="3" t="inlineStr"/>
+      <c r="AB245" s="3" t="inlineStr"/>
+      <c r="AC245" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AD245" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AE245" s="3" t="inlineStr"/>
+      <c r="AF245" s="3" t="inlineStr"/>
+      <c r="AG245" s="3" t="inlineStr"/>
+      <c r="AH245" s="3" t="inlineStr"/>
+      <c r="AI245" s="3" t="inlineStr"/>
+      <c r="AJ245" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AK245" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="inlineStr">
+        <is>
+          <t>Claudia M.</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F246" t="n">
+        <v>108</v>
+      </c>
+      <c r="G246" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H246" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I246" s="3" t="inlineStr"/>
+      <c r="J246" s="3" t="inlineStr"/>
+      <c r="K246" s="3" t="inlineStr"/>
+      <c r="L246" s="3" t="inlineStr"/>
+      <c r="M246" s="3" t="inlineStr"/>
+      <c r="N246" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O246" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P246" s="3" t="inlineStr"/>
+      <c r="Q246" s="3" t="inlineStr"/>
+      <c r="R246" s="3" t="inlineStr"/>
+      <c r="S246" s="3" t="inlineStr"/>
+      <c r="T246" s="3" t="inlineStr"/>
+      <c r="U246" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V246" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W246" s="3" t="inlineStr"/>
+      <c r="X246" s="3" t="inlineStr"/>
+      <c r="Y246" s="3" t="inlineStr"/>
+      <c r="Z246" s="3" t="inlineStr"/>
+      <c r="AA246" s="3" t="inlineStr"/>
+      <c r="AB246" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC246" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD246" s="3" t="inlineStr"/>
+      <c r="AE246" s="3" t="inlineStr"/>
+      <c r="AF246" s="3" t="inlineStr"/>
+      <c r="AG246" s="3" t="inlineStr"/>
+      <c r="AH246" s="3" t="inlineStr"/>
+      <c r="AI246" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ246" s="3" t="inlineStr"/>
+      <c r="AK246" s="3" t="inlineStr"/>
+    </row>
+    <row r="247">
+      <c r="A247" t="inlineStr">
+        <is>
+          <t>Elizangela C.</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F247" t="n">
+        <v>24</v>
+      </c>
+      <c r="G247" s="3" t="inlineStr"/>
+      <c r="H247" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="I247" s="3" t="inlineStr"/>
+      <c r="J247" s="3" t="inlineStr"/>
+      <c r="K247" s="3" t="inlineStr"/>
+      <c r="L247" s="3" t="inlineStr"/>
+      <c r="M247" s="3" t="inlineStr"/>
+      <c r="N247" s="3" t="inlineStr"/>
+      <c r="O247" s="3" t="inlineStr"/>
+      <c r="P247" s="3" t="inlineStr"/>
+      <c r="Q247" s="3" t="inlineStr"/>
+      <c r="R247" s="3" t="inlineStr"/>
+      <c r="S247" s="3" t="inlineStr"/>
+      <c r="T247" s="3" t="inlineStr"/>
+      <c r="U247" s="3" t="inlineStr"/>
+      <c r="V247" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W247" s="3" t="inlineStr"/>
+      <c r="X247" s="3" t="inlineStr"/>
+      <c r="Y247" s="3" t="inlineStr"/>
+      <c r="Z247" s="3" t="inlineStr"/>
+      <c r="AA247" s="3" t="inlineStr"/>
+      <c r="AB247" s="3" t="inlineStr"/>
+      <c r="AC247" s="3" t="inlineStr"/>
+      <c r="AD247" s="3" t="inlineStr"/>
+      <c r="AE247" s="3" t="inlineStr"/>
+      <c r="AF247" s="3" t="inlineStr"/>
+      <c r="AG247" s="3" t="inlineStr"/>
+      <c r="AH247" s="3" t="inlineStr"/>
+      <c r="AI247" s="3" t="inlineStr"/>
+      <c r="AJ247" s="3" t="inlineStr"/>
+      <c r="AK247" s="3" t="inlineStr"/>
+    </row>
+    <row r="248">
+      <c r="A248" t="inlineStr">
+        <is>
+          <t>Jairo J.</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F248" t="n">
+        <v>162</v>
+      </c>
+      <c r="G248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H248" s="3" t="inlineStr"/>
+      <c r="I248" s="3" t="inlineStr"/>
+      <c r="J248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K248" s="3" t="inlineStr"/>
+      <c r="L248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M248" s="3" t="inlineStr"/>
+      <c r="N248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O248" s="3" t="inlineStr"/>
+      <c r="P248" s="3" t="inlineStr"/>
+      <c r="Q248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R248" s="3" t="inlineStr"/>
+      <c r="S248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T248" s="3" t="inlineStr"/>
+      <c r="U248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V248" s="3" t="inlineStr"/>
+      <c r="W248" s="3" t="inlineStr"/>
+      <c r="X248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y248" s="3" t="inlineStr"/>
+      <c r="Z248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA248" s="3" t="inlineStr"/>
+      <c r="AB248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC248" s="3" t="inlineStr"/>
+      <c r="AD248" s="3" t="inlineStr"/>
+      <c r="AE248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF248" s="3" t="inlineStr"/>
+      <c r="AG248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH248" s="3" t="inlineStr"/>
+      <c r="AI248" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ248" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AK248" s="3" t="inlineStr"/>
+    </row>
+    <row r="249">
+      <c r="A249" t="inlineStr">
+        <is>
+          <t>Janiele B.</t>
+        </is>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F249" t="n">
+        <v>120</v>
+      </c>
+      <c r="G249" s="3" t="inlineStr"/>
+      <c r="H249" s="3" t="inlineStr"/>
+      <c r="I249" s="3" t="inlineStr"/>
+      <c r="J249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K249" s="3" t="inlineStr"/>
+      <c r="L249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M249" s="3" t="inlineStr"/>
+      <c r="N249" s="3" t="inlineStr"/>
+      <c r="O249" s="3" t="inlineStr"/>
+      <c r="P249" s="3" t="inlineStr"/>
+      <c r="Q249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R249" s="3" t="inlineStr"/>
+      <c r="S249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U249" s="3" t="inlineStr"/>
+      <c r="V249" s="3" t="inlineStr"/>
+      <c r="W249" s="3" t="inlineStr"/>
+      <c r="X249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y249" s="3" t="inlineStr"/>
+      <c r="Z249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA249" s="3" t="inlineStr"/>
+      <c r="AB249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC249" s="3" t="inlineStr"/>
+      <c r="AD249" s="3" t="inlineStr"/>
+      <c r="AE249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF249" s="3" t="inlineStr"/>
+      <c r="AG249" s="3" t="inlineStr"/>
+      <c r="AH249" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI249" s="3" t="inlineStr"/>
+      <c r="AJ249" s="3" t="inlineStr"/>
+      <c r="AK249" s="3" t="inlineStr"/>
+    </row>
+    <row r="250">
+      <c r="A250" t="inlineStr">
+        <is>
+          <t>Jose S.</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F250" t="n">
+        <v>120</v>
+      </c>
+      <c r="G250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H250" s="3" t="inlineStr"/>
+      <c r="I250" s="3" t="inlineStr"/>
+      <c r="J250" s="3" t="inlineStr"/>
+      <c r="K250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L250" s="3" t="inlineStr"/>
+      <c r="M250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N250" s="3" t="inlineStr"/>
+      <c r="O250" s="3" t="inlineStr"/>
+      <c r="P250" s="3" t="inlineStr"/>
+      <c r="Q250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R250" s="3" t="inlineStr"/>
+      <c r="S250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T250" s="3" t="inlineStr"/>
+      <c r="U250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V250" s="3" t="inlineStr"/>
+      <c r="W250" s="3" t="inlineStr"/>
+      <c r="X250" s="3" t="inlineStr"/>
+      <c r="Y250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z250" s="3" t="inlineStr"/>
+      <c r="AA250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB250" s="3" t="inlineStr"/>
+      <c r="AC250" s="3" t="inlineStr"/>
+      <c r="AD250" s="3" t="inlineStr"/>
+      <c r="AE250" s="3" t="inlineStr"/>
+      <c r="AF250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG250" s="3" t="inlineStr"/>
+      <c r="AH250" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI250" s="3" t="inlineStr"/>
+      <c r="AJ250" s="3" t="inlineStr"/>
+      <c r="AK250" s="3" t="inlineStr"/>
+    </row>
+    <row r="251">
+      <c r="A251" t="inlineStr">
+        <is>
+          <t>Josilene M.</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F251" t="n">
+        <v>168</v>
+      </c>
+      <c r="G251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H251" s="3" t="inlineStr"/>
+      <c r="I251" s="3" t="inlineStr"/>
+      <c r="J251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K251" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="L251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O251" s="3" t="inlineStr"/>
+      <c r="P251" s="3" t="inlineStr"/>
+      <c r="Q251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R251" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="S251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V251" s="3" t="inlineStr"/>
+      <c r="W251" s="3" t="inlineStr"/>
+      <c r="X251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y251" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="Z251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC251" s="3" t="inlineStr"/>
+      <c r="AD251" s="3" t="inlineStr"/>
+      <c r="AE251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF251" s="3" t="inlineStr">
+        <is>
+          <t>T6/M6</t>
+        </is>
+      </c>
+      <c r="AG251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI251" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ251" s="3" t="inlineStr"/>
+      <c r="AK251" s="3" t="inlineStr"/>
+    </row>
+    <row r="252">
+      <c r="A252" t="inlineStr">
+        <is>
+          <t>Kirleijane P.</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F252" t="n">
+        <v>120</v>
+      </c>
+      <c r="G252" s="3" t="inlineStr"/>
+      <c r="H252" s="3" t="inlineStr"/>
+      <c r="I252" s="3" t="inlineStr"/>
+      <c r="J252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K252" s="3" t="inlineStr"/>
+      <c r="L252" s="3" t="inlineStr"/>
+      <c r="M252" s="3" t="inlineStr"/>
+      <c r="N252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O252" s="3" t="inlineStr"/>
+      <c r="P252" s="3" t="inlineStr"/>
+      <c r="Q252" s="3" t="inlineStr"/>
+      <c r="R252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S252" s="3" t="inlineStr"/>
+      <c r="T252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U252" s="3" t="inlineStr"/>
+      <c r="V252" s="3" t="inlineStr"/>
+      <c r="W252" s="3" t="inlineStr"/>
+      <c r="X252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y252" s="3" t="inlineStr"/>
+      <c r="Z252" s="3" t="inlineStr"/>
+      <c r="AA252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AB252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC252" s="3" t="inlineStr"/>
+      <c r="AD252" s="3" t="inlineStr"/>
+      <c r="AE252" s="3" t="inlineStr"/>
+      <c r="AF252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG252" s="3" t="inlineStr"/>
+      <c r="AH252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI252" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ252" s="3" t="inlineStr"/>
+      <c r="AK252" s="3" t="inlineStr"/>
+    </row>
+    <row r="253">
+      <c r="A253" t="inlineStr">
+        <is>
+          <t>Marilene S.</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F253" t="n">
+        <v>174</v>
+      </c>
+      <c r="G253" s="3" t="inlineStr"/>
+      <c r="H253" s="3" t="inlineStr"/>
+      <c r="I253" s="3" t="inlineStr"/>
+      <c r="J253" s="3" t="inlineStr"/>
+      <c r="K253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L253" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N253" s="3" t="inlineStr"/>
+      <c r="O253" s="3" t="inlineStr"/>
+      <c r="P253" s="3" t="inlineStr"/>
+      <c r="Q253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R253" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S253" s="3" t="inlineStr"/>
+      <c r="T253" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V253" s="3" t="inlineStr"/>
+      <c r="W253" s="3" t="inlineStr"/>
+      <c r="X253" s="3" t="inlineStr"/>
+      <c r="Y253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z253" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AB253" s="3" t="inlineStr"/>
+      <c r="AC253" s="3" t="inlineStr"/>
+      <c r="AD253" s="3" t="inlineStr"/>
+      <c r="AE253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF253" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG253" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH253" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI253" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ253" s="3" t="inlineStr"/>
+      <c r="AK253" s="3" t="inlineStr"/>
+    </row>
+    <row r="254">
+      <c r="A254" t="inlineStr">
+        <is>
+          <t>Patricia I.</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>Contrato/CLT - QEE</t>
+        </is>
+      </c>
+      <c r="F254" t="n">
+        <v>144</v>
+      </c>
+      <c r="G254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H254" s="3" t="inlineStr"/>
+      <c r="I254" s="3" t="inlineStr"/>
+      <c r="J254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K254" s="3" t="inlineStr"/>
+      <c r="L254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M254" s="3" t="inlineStr"/>
+      <c r="N254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O254" s="3" t="inlineStr"/>
+      <c r="P254" s="3" t="inlineStr"/>
+      <c r="Q254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R254" s="3" t="inlineStr"/>
+      <c r="S254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T254" s="3" t="inlineStr"/>
+      <c r="U254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V254" s="3" t="inlineStr"/>
+      <c r="W254" s="3" t="inlineStr"/>
+      <c r="X254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y254" s="3" t="inlineStr"/>
+      <c r="Z254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA254" s="3" t="inlineStr"/>
+      <c r="AB254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC254" s="3" t="inlineStr"/>
+      <c r="AD254" s="3" t="inlineStr"/>
+      <c r="AE254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF254" s="3" t="inlineStr"/>
+      <c r="AG254" s="3" t="inlineStr"/>
+      <c r="AH254" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AI254" s="3" t="inlineStr"/>
+      <c r="AJ254" s="3" t="inlineStr"/>
+      <c r="AK254" s="3" t="inlineStr"/>
+    </row>
+    <row r="255">
+      <c r="A255" t="inlineStr">
+        <is>
+          <t>Queila C.</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F255" t="n">
+        <v>120</v>
+      </c>
+      <c r="G255" s="3" t="inlineStr"/>
+      <c r="H255" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I255" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J255" s="3" t="inlineStr"/>
+      <c r="K255" s="3" t="inlineStr"/>
+      <c r="L255" s="3" t="inlineStr"/>
+      <c r="M255" s="3" t="inlineStr"/>
+      <c r="N255" s="3" t="inlineStr"/>
+      <c r="O255" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P255" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q255" s="3" t="inlineStr"/>
+      <c r="R255" s="3" t="inlineStr"/>
+      <c r="S255" s="3" t="inlineStr"/>
+      <c r="T255" s="3" t="inlineStr"/>
+      <c r="U255" s="3" t="inlineStr"/>
+      <c r="V255" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W255" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X255" s="3" t="inlineStr"/>
+      <c r="Y255" s="3" t="inlineStr"/>
+      <c r="Z255" s="3" t="inlineStr"/>
+      <c r="AA255" s="3" t="inlineStr"/>
+      <c r="AB255" s="3" t="inlineStr"/>
+      <c r="AC255" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD255" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE255" s="3" t="inlineStr"/>
+      <c r="AF255" s="3" t="inlineStr"/>
+      <c r="AG255" s="3" t="inlineStr"/>
+      <c r="AH255" s="3" t="inlineStr"/>
+      <c r="AI255" s="3" t="inlineStr"/>
+      <c r="AJ255" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK255" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="inlineStr">
+        <is>
+          <t>Raquel M.</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>Técnico De Laboratório</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>Laboratório</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F256" t="n">
+        <v>162</v>
+      </c>
+      <c r="G256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H256" s="3" t="inlineStr"/>
+      <c r="I256" s="3" t="inlineStr"/>
+      <c r="J256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K256" s="3" t="inlineStr"/>
+      <c r="L256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M256" s="3" t="inlineStr"/>
+      <c r="N256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="O256" s="3" t="inlineStr"/>
+      <c r="P256" s="3" t="inlineStr"/>
+      <c r="Q256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R256" s="3" t="inlineStr"/>
+      <c r="S256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T256" s="3" t="inlineStr"/>
+      <c r="U256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="V256" s="3" t="inlineStr"/>
+      <c r="W256" s="3" t="inlineStr"/>
+      <c r="X256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y256" s="3" t="inlineStr"/>
+      <c r="Z256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AA256" s="3" t="inlineStr"/>
+      <c r="AB256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AC256" s="3" t="inlineStr"/>
+      <c r="AD256" s="3" t="inlineStr"/>
+      <c r="AE256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF256" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AH256" s="3" t="inlineStr"/>
+      <c r="AI256" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ256" s="3" t="inlineStr"/>
+      <c r="AK256" s="3" t="inlineStr"/>
+    </row>
+    <row r="257">
+      <c r="A257" t="inlineStr">
+        <is>
+          <t>Eliana S.</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>Observação</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F257" t="n">
+        <v>138</v>
+      </c>
+      <c r="G257" s="3" t="inlineStr"/>
+      <c r="H257" s="3" t="inlineStr"/>
+      <c r="I257" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J257" s="3" t="inlineStr"/>
+      <c r="K257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L257" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="M257" s="3" t="inlineStr"/>
+      <c r="N257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O257" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P257" s="3" t="inlineStr"/>
+      <c r="Q257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S257" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="T257" s="3" t="inlineStr"/>
+      <c r="U257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V257" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W257" s="3" t="inlineStr"/>
+      <c r="X257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z257" s="3" t="inlineStr"/>
+      <c r="AA257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC257" s="3" t="inlineStr"/>
+      <c r="AD257" s="3" t="inlineStr"/>
+      <c r="AE257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG257" s="3" t="inlineStr"/>
+      <c r="AH257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI257" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ257" s="3" t="inlineStr"/>
+      <c r="AK257" s="3" t="inlineStr"/>
+    </row>
+    <row r="258">
+      <c r="A258" t="inlineStr">
+        <is>
+          <t>Irineida A.</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>Observação</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E258" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F258" t="n">
+        <v>84</v>
+      </c>
+      <c r="G258" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="H258" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I258" s="3" t="inlineStr"/>
+      <c r="J258" s="3" t="inlineStr"/>
+      <c r="K258" s="3" t="inlineStr"/>
+      <c r="L258" s="3" t="inlineStr"/>
+      <c r="M258" s="3" t="inlineStr"/>
+      <c r="N258" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O258" s="3" t="inlineStr"/>
+      <c r="P258" s="3" t="inlineStr"/>
+      <c r="Q258" s="3" t="inlineStr"/>
+      <c r="R258" s="3" t="inlineStr"/>
+      <c r="S258" s="3" t="inlineStr"/>
+      <c r="T258" s="3" t="inlineStr"/>
+      <c r="U258" s="3" t="inlineStr"/>
+      <c r="V258" s="3" t="inlineStr"/>
+      <c r="W258" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X258" s="3" t="inlineStr"/>
+      <c r="Y258" s="3" t="inlineStr"/>
+      <c r="Z258" s="3" t="inlineStr"/>
+      <c r="AA258" s="3" t="inlineStr"/>
+      <c r="AB258" s="3" t="inlineStr"/>
+      <c r="AC258" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD258" s="3" t="inlineStr"/>
+      <c r="AE258" s="3" t="inlineStr"/>
+      <c r="AF258" s="3" t="inlineStr"/>
+      <c r="AG258" s="3" t="inlineStr"/>
+      <c r="AH258" s="3" t="inlineStr"/>
+      <c r="AI258" s="3" t="inlineStr"/>
+      <c r="AJ258" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK258" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="inlineStr">
+        <is>
+          <t>Katiane K.</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>Enfermeiro</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>Observação</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F259" t="n">
+        <v>132</v>
+      </c>
+      <c r="G259" s="3" t="inlineStr"/>
+      <c r="H259" s="3" t="inlineStr"/>
+      <c r="I259" s="3" t="inlineStr"/>
+      <c r="J259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L259" s="3" t="inlineStr"/>
+      <c r="M259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N259" s="3" t="inlineStr"/>
+      <c r="O259" s="3" t="inlineStr"/>
+      <c r="P259" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q259" s="3" t="inlineStr"/>
+      <c r="R259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S259" s="3" t="inlineStr"/>
+      <c r="T259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U259" s="3" t="inlineStr"/>
+      <c r="V259" s="3" t="inlineStr"/>
+      <c r="W259" s="3" t="inlineStr"/>
+      <c r="X259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y259" s="3" t="inlineStr"/>
+      <c r="Z259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA259" s="3" t="inlineStr"/>
+      <c r="AB259" s="3" t="inlineStr"/>
+      <c r="AC259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AD259" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE259" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF259" s="3" t="inlineStr"/>
+      <c r="AG259" s="3" t="inlineStr"/>
+      <c r="AH259" s="3" t="inlineStr"/>
+      <c r="AI259" s="3" t="inlineStr"/>
+      <c r="AJ259" s="3" t="inlineStr"/>
+      <c r="AK259" s="3" t="inlineStr"/>
+    </row>
+    <row r="260">
+      <c r="A260" t="inlineStr">
+        <is>
+          <t>Katiane K.</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>Supervisor De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>Supervisão de Enfermagem</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F260" t="n">
+        <v>54</v>
+      </c>
+      <c r="G260" s="3" t="inlineStr"/>
+      <c r="H260" s="3" t="inlineStr"/>
+      <c r="I260" s="3" t="inlineStr"/>
+      <c r="J260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="K260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="L260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="N260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="O260" s="3" t="inlineStr"/>
+      <c r="P260" s="3" t="inlineStr"/>
+      <c r="Q260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="R260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="S260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T260" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="U260" s="3" t="inlineStr"/>
+      <c r="V260" s="3" t="inlineStr"/>
+      <c r="W260" s="3" t="inlineStr"/>
+      <c r="X260" s="3" t="inlineStr"/>
+      <c r="Y260" s="3" t="inlineStr"/>
+      <c r="Z260" s="3" t="inlineStr"/>
+      <c r="AA260" s="3" t="inlineStr"/>
+      <c r="AB260" s="3" t="inlineStr"/>
+      <c r="AC260" s="3" t="inlineStr"/>
+      <c r="AD260" s="3" t="inlineStr"/>
+      <c r="AE260" s="3" t="inlineStr"/>
+      <c r="AF260" s="3" t="inlineStr"/>
+      <c r="AG260" s="3" t="inlineStr"/>
+      <c r="AH260" s="3" t="inlineStr"/>
+      <c r="AI260" s="3" t="inlineStr"/>
+      <c r="AJ260" s="3" t="inlineStr"/>
+      <c r="AK260" s="3" t="inlineStr"/>
+    </row>
+    <row r="261">
+      <c r="A261" t="inlineStr">
+        <is>
+          <t>Katiane K.</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>Supervisor De Enfermagem</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>Supervisão de Enfermagem</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <t>UPA SOBRAL</t>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <t>Efetivo/Prefeitura de Rio Branco</t>
+        </is>
+      </c>
+      <c r="F261" t="n">
+        <v>78</v>
+      </c>
+      <c r="G261" s="3" t="inlineStr"/>
+      <c r="H261" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="I261" s="3" t="inlineStr"/>
+      <c r="J261" s="3" t="inlineStr"/>
+      <c r="K261" s="3" t="inlineStr"/>
+      <c r="L261" s="3" t="inlineStr"/>
+      <c r="M261" s="3" t="inlineStr"/>
+      <c r="N261" s="3" t="inlineStr"/>
+      <c r="O261" s="3" t="inlineStr"/>
+      <c r="P261" s="3" t="inlineStr"/>
+      <c r="Q261" s="3" t="inlineStr"/>
+      <c r="R261" s="3" t="inlineStr"/>
+      <c r="S261" s="3" t="inlineStr"/>
+      <c r="T261" s="3" t="inlineStr"/>
+      <c r="U261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="V261" s="3" t="inlineStr"/>
+      <c r="W261" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="X261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Y261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="Z261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AB261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AC261" s="3" t="inlineStr"/>
+      <c r="AD261" s="3" t="inlineStr"/>
+      <c r="AE261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AF261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AG261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AI261" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AJ261" s="3" t="inlineStr"/>
+      <c r="AK261" s="3" t="inlineStr"/>
+    </row>
+    <row r="262">
+      <c r="A262" t="inlineStr">
+        <is>
+          <t>Thiago T.</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>Farmacêutico</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>Farmácia</t>
+        </is>
+      </c>
+      <c r="D262" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E262" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F262" t="n">
+        <v>104</v>
+      </c>
+      <c r="G262" s="3" t="inlineStr"/>
+      <c r="H262" s="3" t="inlineStr"/>
+      <c r="I262" s="3" t="inlineStr"/>
+      <c r="J262" s="3" t="inlineStr">
+        <is>
+          <t>M6/PN</t>
+        </is>
+      </c>
+      <c r="K262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N262" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="O262" s="3" t="inlineStr"/>
+      <c r="P262" s="3" t="inlineStr"/>
+      <c r="Q262" s="3" t="inlineStr">
+        <is>
+          <t>PN/M6</t>
+        </is>
+      </c>
+      <c r="R262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U262" s="3" t="inlineStr">
+        <is>
+          <t>M4</t>
+        </is>
+      </c>
+      <c r="V262" s="3" t="inlineStr"/>
+      <c r="W262" s="3" t="inlineStr"/>
+      <c r="X262" s="3" t="inlineStr">
+        <is>
+          <t>PN/M6</t>
+        </is>
+      </c>
+      <c r="Y262" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z262" s="3" t="inlineStr"/>
+      <c r="AA262" s="3" t="inlineStr"/>
+      <c r="AB262" s="3" t="inlineStr"/>
+      <c r="AC262" s="3" t="inlineStr"/>
+      <c r="AD262" s="3" t="inlineStr"/>
+      <c r="AE262" s="3" t="inlineStr"/>
+      <c r="AF262" s="3" t="inlineStr"/>
+      <c r="AG262" s="3" t="inlineStr"/>
+      <c r="AH262" s="3" t="inlineStr"/>
+      <c r="AI262" s="3" t="inlineStr"/>
+      <c r="AJ262" s="3" t="inlineStr"/>
+      <c r="AK262" s="3" t="inlineStr"/>
+    </row>
+    <row r="263">
+      <c r="A263" t="inlineStr">
+        <is>
+          <t>Francineide S.</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>Auxiliar de Saúde Bucal</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F263" t="n">
+        <v>48</v>
+      </c>
+      <c r="G263" s="3" t="inlineStr"/>
+      <c r="H263" s="3" t="inlineStr"/>
+      <c r="I263" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J263" s="3" t="inlineStr"/>
+      <c r="K263" s="3" t="inlineStr"/>
+      <c r="L263" s="3" t="inlineStr"/>
+      <c r="M263" s="3" t="inlineStr"/>
+      <c r="N263" s="3" t="inlineStr"/>
+      <c r="O263" s="3" t="inlineStr"/>
+      <c r="P263" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q263" s="3" t="inlineStr"/>
+      <c r="R263" s="3" t="inlineStr"/>
+      <c r="S263" s="3" t="inlineStr"/>
+      <c r="T263" s="3" t="inlineStr"/>
+      <c r="U263" s="3" t="inlineStr"/>
+      <c r="V263" s="3" t="inlineStr"/>
+      <c r="W263" s="3" t="inlineStr"/>
+      <c r="X263" s="3" t="inlineStr"/>
+      <c r="Y263" s="3" t="inlineStr"/>
+      <c r="Z263" s="3" t="inlineStr"/>
+      <c r="AA263" s="3" t="inlineStr"/>
+      <c r="AB263" s="3" t="inlineStr"/>
+      <c r="AC263" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD263" s="3" t="inlineStr"/>
+      <c r="AE263" s="3" t="inlineStr"/>
+      <c r="AF263" s="3" t="inlineStr"/>
+      <c r="AG263" s="3" t="inlineStr"/>
+      <c r="AH263" s="3" t="inlineStr"/>
+      <c r="AI263" s="3" t="inlineStr"/>
+      <c r="AJ263" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK263" s="3" t="inlineStr"/>
+    </row>
+    <row r="264">
+      <c r="A264" t="inlineStr">
+        <is>
+          <t>Marcelo O.</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>Auxiliar de Saúde Bucal</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D264" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F264" t="n">
+        <v>162</v>
+      </c>
+      <c r="G264" s="3" t="inlineStr"/>
+      <c r="H264" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="I264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J264" s="3" t="inlineStr"/>
+      <c r="K264" s="3" t="inlineStr"/>
+      <c r="L264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M264" s="3" t="inlineStr"/>
+      <c r="N264" s="3" t="inlineStr"/>
+      <c r="O264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="P264" s="3" t="inlineStr"/>
+      <c r="Q264" s="3" t="inlineStr"/>
+      <c r="R264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="S264" s="3" t="inlineStr"/>
+      <c r="T264" s="3" t="inlineStr"/>
+      <c r="U264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="V264" s="3" t="inlineStr"/>
+      <c r="W264" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Y264" s="3" t="inlineStr"/>
+      <c r="Z264" s="3" t="inlineStr"/>
+      <c r="AA264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AB264" s="3" t="inlineStr"/>
+      <c r="AC264" s="3" t="inlineStr"/>
+      <c r="AD264" s="3" t="inlineStr">
+        <is>
+          <t>PN/T6</t>
+        </is>
+      </c>
+      <c r="AE264" s="3" t="inlineStr"/>
+      <c r="AF264" s="3" t="inlineStr"/>
+      <c r="AG264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH264" s="3" t="inlineStr"/>
+      <c r="AI264" s="3" t="inlineStr"/>
+      <c r="AJ264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AK264" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="inlineStr">
+        <is>
+          <t>Maria R.</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>Auxiliar de Saúde Bucal</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E265" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F265" t="n">
+        <v>120</v>
+      </c>
+      <c r="G265" s="3" t="inlineStr"/>
+      <c r="H265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="I265" s="3" t="inlineStr"/>
+      <c r="J265" s="3" t="inlineStr"/>
+      <c r="K265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="L265" s="3" t="inlineStr"/>
+      <c r="M265" s="3" t="inlineStr"/>
+      <c r="N265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="O265" s="3" t="inlineStr"/>
+      <c r="P265" s="3" t="inlineStr"/>
+      <c r="Q265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="R265" s="3" t="inlineStr"/>
+      <c r="S265" s="3" t="inlineStr"/>
+      <c r="T265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="U265" s="3" t="inlineStr"/>
+      <c r="V265" s="3" t="inlineStr"/>
+      <c r="W265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X265" s="3" t="inlineStr"/>
+      <c r="Y265" s="3" t="inlineStr"/>
+      <c r="Z265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA265" s="3" t="inlineStr"/>
+      <c r="AB265" s="3" t="inlineStr"/>
+      <c r="AC265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AD265" s="3" t="inlineStr"/>
+      <c r="AE265" s="3" t="inlineStr"/>
+      <c r="AF265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AG265" s="3" t="inlineStr"/>
+      <c r="AH265" s="3" t="inlineStr"/>
+      <c r="AI265" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ265" s="3" t="inlineStr"/>
+      <c r="AK265" s="3" t="inlineStr"/>
+    </row>
+    <row r="266">
+      <c r="A266" t="inlineStr">
+        <is>
+          <t>Rodomilson P.</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>Auxiliar de Saúde Bucal</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E266" t="inlineStr">
+        <is>
+          <t>Contrato Temporário</t>
+        </is>
+      </c>
+      <c r="F266" t="n">
+        <v>36</v>
+      </c>
+      <c r="G266" s="3" t="inlineStr"/>
+      <c r="H266" s="3" t="inlineStr"/>
+      <c r="I266" s="3" t="inlineStr"/>
+      <c r="J266" s="3" t="inlineStr"/>
+      <c r="K266" s="3" t="inlineStr"/>
+      <c r="L266" s="3" t="inlineStr"/>
+      <c r="M266" s="3" t="inlineStr"/>
+      <c r="N266" s="3" t="inlineStr"/>
+      <c r="O266" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P266" s="3" t="inlineStr"/>
+      <c r="Q266" s="3" t="inlineStr"/>
+      <c r="R266" s="3" t="inlineStr"/>
+      <c r="S266" s="3" t="inlineStr"/>
+      <c r="T266" s="3" t="inlineStr"/>
+      <c r="U266" s="3" t="inlineStr"/>
+      <c r="V266" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="W266" s="3" t="inlineStr"/>
+      <c r="X266" s="3" t="inlineStr"/>
+      <c r="Y266" s="3" t="inlineStr"/>
+      <c r="Z266" s="3" t="inlineStr"/>
+      <c r="AA266" s="3" t="inlineStr"/>
+      <c r="AB266" s="3" t="inlineStr"/>
+      <c r="AC266" s="3" t="inlineStr"/>
+      <c r="AD266" s="3" t="inlineStr"/>
+      <c r="AE266" s="3" t="inlineStr"/>
+      <c r="AF266" s="3" t="inlineStr"/>
+      <c r="AG266" s="3" t="inlineStr"/>
+      <c r="AH266" s="3" t="inlineStr"/>
+      <c r="AI266" s="3" t="inlineStr"/>
+      <c r="AJ266" s="3" t="inlineStr"/>
+      <c r="AK266" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="inlineStr">
+        <is>
+          <t>Tatiana P.</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>Auxiliar de Saúde Bucal</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F267" t="n">
+        <v>120</v>
+      </c>
+      <c r="G267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="H267" s="3" t="inlineStr"/>
+      <c r="I267" s="3" t="inlineStr"/>
+      <c r="J267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="K267" s="3" t="inlineStr"/>
+      <c r="L267" s="3" t="inlineStr"/>
+      <c r="M267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="N267" s="3" t="inlineStr"/>
+      <c r="O267" s="3" t="inlineStr"/>
+      <c r="P267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q267" s="3" t="inlineStr"/>
+      <c r="R267" s="3" t="inlineStr"/>
+      <c r="S267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T267" s="3" t="inlineStr"/>
+      <c r="U267" s="3" t="inlineStr"/>
+      <c r="V267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="W267" s="3" t="inlineStr"/>
+      <c r="X267" s="3" t="inlineStr"/>
+      <c r="Y267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Z267" s="3" t="inlineStr"/>
+      <c r="AA267" s="3" t="inlineStr"/>
+      <c r="AB267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AC267" s="3" t="inlineStr"/>
+      <c r="AD267" s="3" t="inlineStr"/>
+      <c r="AE267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AF267" s="3" t="inlineStr"/>
+      <c r="AG267" s="3" t="inlineStr"/>
+      <c r="AH267" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AI267" s="3" t="inlineStr"/>
+      <c r="AJ267" s="3" t="inlineStr"/>
+      <c r="AK267" s="3" t="inlineStr"/>
+    </row>
+    <row r="268">
+      <c r="A268" t="inlineStr">
+        <is>
+          <t>Terezinha C.</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>Auxiliar de Saúde Bucal</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F268" t="n">
+        <v>132</v>
+      </c>
+      <c r="G268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="H268" s="3" t="inlineStr"/>
+      <c r="I268" s="3" t="inlineStr"/>
+      <c r="J268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="K268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="L268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="N268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="O268" s="3" t="inlineStr"/>
+      <c r="P268" s="3" t="inlineStr"/>
+      <c r="Q268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="R268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="S268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="U268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="V268" s="3" t="inlineStr"/>
+      <c r="W268" s="3" t="inlineStr"/>
+      <c r="X268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Y268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="Z268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AB268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AC268" s="3" t="inlineStr"/>
+      <c r="AD268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AE268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AF268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AG268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AI268" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AJ268" s="3" t="inlineStr"/>
+      <c r="AK268" s="3" t="inlineStr"/>
+    </row>
+    <row r="269">
+      <c r="A269" t="inlineStr">
+        <is>
+          <t>Aloisio J.</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>Odontologista</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D269" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E269" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F269" t="n">
+        <v>120</v>
+      </c>
+      <c r="G269" s="3" t="inlineStr"/>
+      <c r="H269" s="3" t="inlineStr"/>
+      <c r="I269" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="J269" s="3" t="inlineStr"/>
+      <c r="K269" s="3" t="inlineStr"/>
+      <c r="L269" s="3" t="inlineStr"/>
+      <c r="M269" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="N269" s="3" t="inlineStr"/>
+      <c r="O269" s="3" t="inlineStr"/>
+      <c r="P269" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="Q269" s="3" t="inlineStr"/>
+      <c r="R269" s="3" t="inlineStr"/>
+      <c r="S269" s="3" t="inlineStr"/>
+      <c r="T269" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="U269" s="3" t="inlineStr"/>
+      <c r="V269" s="3" t="inlineStr"/>
+      <c r="W269" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="X269" s="3" t="inlineStr"/>
+      <c r="Y269" s="3" t="inlineStr"/>
+      <c r="Z269" s="3" t="inlineStr"/>
+      <c r="AA269" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AB269" s="3" t="inlineStr"/>
+      <c r="AC269" s="3" t="inlineStr"/>
+      <c r="AD269" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AE269" s="3" t="inlineStr"/>
+      <c r="AF269" s="3" t="inlineStr"/>
+      <c r="AG269" s="3" t="inlineStr"/>
+      <c r="AH269" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AI269" s="3" t="inlineStr"/>
+      <c r="AJ269" s="3" t="inlineStr"/>
+      <c r="AK269" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="inlineStr">
+        <is>
+          <t>Fatima M.</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>Odontologista</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F270" t="n">
+        <v>162</v>
+      </c>
+      <c r="G270" s="3" t="inlineStr"/>
+      <c r="H270" s="3" t="inlineStr"/>
+      <c r="I270" s="3" t="inlineStr"/>
+      <c r="J270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="K270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="L270" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="M270" s="3" t="inlineStr"/>
+      <c r="N270" s="3" t="inlineStr"/>
+      <c r="O270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="P270" s="3" t="inlineStr"/>
+      <c r="Q270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="R270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="S270" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="T270" s="3" t="inlineStr"/>
+      <c r="U270" s="3" t="inlineStr"/>
+      <c r="V270" s="3" t="inlineStr"/>
+      <c r="W270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="X270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Y270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Z270" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AA270" s="3" t="inlineStr"/>
+      <c r="AB270" s="3" t="inlineStr"/>
+      <c r="AC270" s="3" t="inlineStr"/>
+      <c r="AD270" s="3" t="inlineStr"/>
+      <c r="AE270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AF270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AG270" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+      <c r="AH270" s="3" t="inlineStr"/>
+      <c r="AI270" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AJ270" s="3" t="inlineStr"/>
+      <c r="AK270" s="4" t="inlineStr">
+        <is>
+          <t>M6</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="inlineStr">
+        <is>
+          <t>Mabel S.</t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>Odontologista</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D271" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E271" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F271" t="n">
+        <v>24</v>
+      </c>
+      <c r="G271" s="3" t="inlineStr"/>
+      <c r="H271" s="3" t="inlineStr"/>
+      <c r="I271" s="3" t="inlineStr"/>
+      <c r="J271" s="3" t="inlineStr"/>
+      <c r="K271" s="3" t="inlineStr"/>
+      <c r="L271" s="3" t="inlineStr"/>
+      <c r="M271" s="3" t="inlineStr"/>
+      <c r="N271" s="3" t="inlineStr"/>
+      <c r="O271" s="3" t="inlineStr"/>
+      <c r="P271" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="Q271" s="3" t="inlineStr"/>
+      <c r="R271" s="3" t="inlineStr"/>
+      <c r="S271" s="3" t="inlineStr"/>
+      <c r="T271" s="3" t="inlineStr"/>
+      <c r="U271" s="3" t="inlineStr"/>
+      <c r="V271" s="3" t="inlineStr"/>
+      <c r="W271" s="3" t="inlineStr"/>
+      <c r="X271" s="3" t="inlineStr"/>
+      <c r="Y271" s="3" t="inlineStr"/>
+      <c r="Z271" s="3" t="inlineStr"/>
+      <c r="AA271" s="3" t="inlineStr"/>
+      <c r="AB271" s="3" t="inlineStr"/>
+      <c r="AC271" s="3" t="inlineStr"/>
+      <c r="AD271" s="3" t="inlineStr"/>
+      <c r="AE271" s="3" t="inlineStr"/>
+      <c r="AF271" s="3" t="inlineStr"/>
+      <c r="AG271" s="3" t="inlineStr"/>
+      <c r="AH271" s="3" t="inlineStr"/>
+      <c r="AI271" s="3" t="inlineStr"/>
+      <c r="AJ271" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AK271" s="3" t="inlineStr"/>
+    </row>
+    <row r="272">
+      <c r="A272" t="inlineStr">
+        <is>
+          <t>Michel M.</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>Odontologista</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F272" t="n">
+        <v>162</v>
+      </c>
+      <c r="G272" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="H272" s="3" t="inlineStr"/>
+      <c r="I272" s="3" t="inlineStr"/>
+      <c r="J272" s="3" t="inlineStr"/>
+      <c r="K272" s="3" t="inlineStr"/>
+      <c r="L272" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="M272" s="3" t="inlineStr"/>
+      <c r="N272" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="O272" s="3" t="inlineStr"/>
+      <c r="P272" s="3" t="inlineStr"/>
+      <c r="Q272" s="3" t="inlineStr"/>
+      <c r="R272" s="3" t="inlineStr"/>
+      <c r="S272" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="T272" s="3" t="inlineStr"/>
+      <c r="U272" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="V272" s="3" t="inlineStr"/>
+      <c r="W272" s="3" t="inlineStr"/>
+      <c r="X272" s="3" t="inlineStr"/>
+      <c r="Y272" s="3" t="inlineStr"/>
+      <c r="Z272" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AA272" s="3" t="inlineStr"/>
+      <c r="AB272" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="AC272" s="3" t="inlineStr"/>
+      <c r="AD272" s="3" t="inlineStr"/>
+      <c r="AE272" s="3" t="inlineStr"/>
+      <c r="AF272" s="3" t="inlineStr"/>
+      <c r="AG272" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AH272" s="3" t="inlineStr"/>
+      <c r="AI272" s="3" t="inlineStr">
+        <is>
+          <t>PN</t>
+        </is>
+      </c>
+      <c r="AJ272" s="3" t="inlineStr"/>
+      <c r="AK272" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="inlineStr">
+        <is>
+          <t>Milly L.</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Odontologista</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>Efetivo/Sem Concurso Público</t>
+        </is>
+      </c>
+      <c r="F273" t="n">
+        <v>24</v>
+      </c>
+      <c r="G273" s="3" t="inlineStr"/>
+      <c r="H273" s="3" t="inlineStr"/>
+      <c r="I273" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="J273" s="3" t="inlineStr"/>
+      <c r="K273" s="3" t="inlineStr"/>
+      <c r="L273" s="3" t="inlineStr"/>
+      <c r="M273" s="3" t="inlineStr"/>
+      <c r="N273" s="3" t="inlineStr"/>
+      <c r="O273" s="3" t="inlineStr"/>
+      <c r="P273" s="3" t="inlineStr"/>
+      <c r="Q273" s="3" t="inlineStr"/>
+      <c r="R273" s="3" t="inlineStr"/>
+      <c r="S273" s="3" t="inlineStr"/>
+      <c r="T273" s="3" t="inlineStr"/>
+      <c r="U273" s="3" t="inlineStr"/>
+      <c r="V273" s="3" t="inlineStr"/>
+      <c r="W273" s="3" t="inlineStr"/>
+      <c r="X273" s="3" t="inlineStr"/>
+      <c r="Y273" s="3" t="inlineStr"/>
+      <c r="Z273" s="3" t="inlineStr"/>
+      <c r="AA273" s="3" t="inlineStr"/>
+      <c r="AB273" s="3" t="inlineStr"/>
+      <c r="AC273" s="3" t="inlineStr"/>
+      <c r="AD273" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AE273" s="3" t="inlineStr"/>
+      <c r="AF273" s="3" t="inlineStr"/>
+      <c r="AG273" s="3" t="inlineStr"/>
+      <c r="AH273" s="3" t="inlineStr"/>
+      <c r="AI273" s="3" t="inlineStr"/>
+      <c r="AJ273" s="3" t="inlineStr"/>
+      <c r="AK273" s="3" t="inlineStr"/>
+    </row>
+    <row r="274">
+      <c r="A274" t="inlineStr">
+        <is>
+          <t>Patricia P.</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>Odontologista</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Odontologia</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>UPA VIA VERDE</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>Efetivo/Concursado</t>
+        </is>
+      </c>
+      <c r="F274" t="n">
+        <v>84</v>
+      </c>
+      <c r="G274" s="3" t="inlineStr"/>
+      <c r="H274" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="I274" s="3" t="inlineStr"/>
+      <c r="J274" s="3" t="inlineStr"/>
+      <c r="K274" s="3" t="inlineStr"/>
+      <c r="L274" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="M274" s="3" t="inlineStr"/>
+      <c r="N274" s="3" t="inlineStr"/>
+      <c r="O274" s="3" t="inlineStr"/>
+      <c r="P274" s="3" t="inlineStr"/>
+      <c r="Q274" s="3" t="inlineStr"/>
+      <c r="R274" s="3" t="inlineStr"/>
+      <c r="S274" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="T274" s="3" t="inlineStr"/>
+      <c r="U274" s="3" t="inlineStr"/>
+      <c r="V274" s="4" t="inlineStr">
+        <is>
+          <t>PT</t>
+        </is>
+      </c>
+      <c r="W274" s="3" t="inlineStr"/>
+      <c r="X274" s="3" t="inlineStr"/>
+      <c r="Y274" s="3" t="inlineStr"/>
+      <c r="Z274" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AA274" s="3" t="inlineStr"/>
+      <c r="AB274" s="3" t="inlineStr"/>
+      <c r="AC274" s="3" t="inlineStr">
+        <is>
+          <t>PD</t>
+        </is>
+      </c>
+      <c r="AD274" s="3" t="inlineStr"/>
+      <c r="AE274" s="3" t="inlineStr"/>
+      <c r="AF274" s="3" t="inlineStr"/>
+      <c r="AG274" s="4" t="inlineStr">
+        <is>
+          <t>T6</t>
+        </is>
+      </c>
+      <c r="AH274" s="3" t="inlineStr"/>
+      <c r="AI274" s="3" t="inlineStr"/>
+      <c r="AJ274" s="3" t="inlineStr"/>
+      <c r="AK274" s="3" t="inlineStr"/>
+    </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>